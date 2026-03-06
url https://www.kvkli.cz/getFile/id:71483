--- v0 (2025-10-15)
+++ v1 (2026-03-06)
@@ -60,51 +60,51 @@
       </w:r>
       <w:r w:rsidR="003D290D" w:rsidRPr="003B27EA">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00FB33A3" w:rsidRPr="003B27EA">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00961CE7">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12521530" w14:textId="104860B8" w:rsidR="005D0019" w:rsidRPr="00582C88" w:rsidRDefault="00F657BB" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="VkazNzev"/>
       </w:pPr>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00582C88" w:rsidRPr="00582C88">
         <w:t>interní formulář pro neprofesionální knihovny</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72039C8A" w14:textId="565D46B4" w:rsidR="005D0019" w:rsidRPr="00CC5117" w:rsidRDefault="00982235" w:rsidP="0064669B">
+    <w:p w14:paraId="72039C8A" w14:textId="4AE2DE85" w:rsidR="005D0019" w:rsidRPr="00CC5117" w:rsidRDefault="00982235" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="VkazProgramstatzji"/>
       </w:pPr>
       <w:r w:rsidRPr="003B27EA">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="04222832" wp14:editId="7A94330E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>3561715</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1893570</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3129280" cy="200025"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 36"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -170,94 +170,94 @@
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="04222832" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 36" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:280.45pt;margin-top:149.1pt;width:246.4pt;height:15.75pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOkp3/tQIAALoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVO1umzAU/T9p72D5P+WjTgKopGpDmCZ1&#10;H1K7B3DABGtgM9sJdNPefdcmSdNWk6Zt/EC27/W5H+f4Xl2PXYv2TGkuRYbDiwAjJkpZcbHN8JeH&#10;wosx0oaKirZSsAw/Mo2vl2/fXA19yiLZyLZiCgGI0OnQZ7gxpk99X5cN66i+kD0TYKyl6qiBrdr6&#10;laIDoHetHwXB3B+kqnolS6Y1nOaTES8dfl2z0nyqa80MajMMuRn3V+6/sX9/eUXTraJ9w8tDGvQv&#10;sugoFxD0BJVTQ9FO8VdQHS+V1LI2F6XsfFnXvGSuBqgmDF5Uc9/QnrlaoDm6P7VJ/z/Y8uP+s0K8&#10;ynCEkaAdUPTARoNu5Ygu57Y9Q69T8Lrvwc+McA40u1J1fyfLrxoJuWqo2LIbpeTQMFpBeqG96Z9d&#10;nXC0BdkMH2QFcejOSAc01qqzvYNuIEAHmh5P1NhcSji8DKMkisFUgg2ID6KZC0HT4+1eafOOyQ7Z&#10;RYYVUO/Q6f5OG5sNTY8uNpiQBW9bR38rnh2A43QCseGqtdksHJs/kiBZx+uYeCSarz0S5Ll3U6yI&#10;Ny/CxSy/zFerPPxp44YkbXhVMWHDHJUVkj9j7qDxSRMnbWnZ8srC2ZS02m5WrUJ7Csou3HdoyJmb&#10;/zwN1wSo5UVJYUSC2yjxinm88EhBZl6yCGIvCJPbZB6QhOTF85LuuGD/XhIaMpzMgEdXzm9rA67h&#10;e10bTTtuYHa0vMtwfHKiqZXgWlSOWkN5O63PWmHTf2oF0H0k2gnWanRSqxk3I6BYFW9k9QjSVRKU&#10;BSKEgQeLRqrvGA0wPDKsv+2oYhi17wXIPwkJsdPGbchsEcFGnVs25xYqSoDKsMFoWq7MNKF2veLb&#10;BiJND07IG3gyNXdqfsrq8NBgQLiiDsPMTqDzvfN6GrnLXwAAAP//AwBQSwMEFAAGAAgAAAAhAIcg&#10;5OjgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTUraJmRTIRBXUAtU&#10;6s2Nt0lEvI5itwl/j3uC42qeZt4W68l24kyDbx0j3M8UCOLKmZZrhM+P17sVCB80G905JoQf8rAu&#10;r68KnRs38obO21CLWMI+1whNCH0upa8astrPXE8cs6MbrA7xHGppBj3GctvJRKmFtLrluNDonp4b&#10;qr63J4vw9Xbc7x7Ue/1i0350k5JsM4l4ezM9PYIINIU/GC76UR3K6HRwJzZedAjpQmURRUiyVQLi&#10;Qqh0vgRxQJgn2RJkWcj/T5S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM6Snf+1AgAA&#10;ugUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIcg5Ojg&#10;AAAADAEAAA8AAAAAAAAAAAAAAAAADwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 36" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:280.45pt;margin-top:149.1pt;width:246.4pt;height:15.75pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSBSpY3wEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7mwhTbabFVaFSGV&#10;i1T4AMexE4vEY8beTZavZ+xstwu8IV4se2Zy5pwzk831PA5sr9AbsDUvVjlnykpoje1q/u3r/atL&#10;znwQthUDWFXzg/L8evvyxWZylSqhh6FVyAjE+mpyNe9DcFWWedmrUfgVOGUpqQFHEeiJXdaimAh9&#10;HLIyz99kE2DrEKTynqJ3S5JvE77WSobPWnsV2FBz4hbSiels4pltN6LqULjeyCMN8Q8sRmEsNT1B&#10;3Ykg2A7NX1CjkQgedFhJGDPQ2kiVNJCaIv9DzWMvnEpayBzvTjb5/wcrP+0f3RdkYX4HMw0wifDu&#10;AeR3zyzc9sJ26gYRpl6JlhoX0bJscr46fhqt9pWPIM30EVoastgFSECzxjG6QjoZodMADifT1RyY&#10;pODrorwqLyklKUcjzcuL1EJUT1879OG9gpHFS82RhprQxf7Bh8hGVE8lsZmFezMMabCD/S1AhTGS&#10;2EfCC/UwNzNVRxUNtAfSgbDsCe01XXrAn5xNtCM19z92AhVnwwdLXlwV63VcqvRYX7wt6YHnmeY8&#10;I6wkqJoHzpbrbVgWcefQdD11Wty3cEP+aZOkPbM68qY9SIqPOxsX7fydqp7/rO0vAAAA//8DAFBL&#10;AwQUAAYACAAAACEAhyDk6OAAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;3KhNStomZFMhEFdQC1TqzY23SUS8jmK3CX+Pe4Ljap5m3hbryXbiTINvHSPczxQI4sqZlmuEz4/X&#10;uxUIHzQb3TkmhB/ysC6vrwqdGzfyhs7bUItYwj7XCE0IfS6lrxqy2s9cTxyzoxusDvEcamkGPcZy&#10;28lEqYW0uuW40Oienhuqvrcni/D1dtzvHtR7/WLTfnSTkmwziXh7Mz09ggg0hT8YLvpRHcrodHAn&#10;Nl50COlCZRFFSLJVAuJCqHS+BHFAmCfZEmRZyP9PlL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA0gUqWN8BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAhyDk6OAAAAAMAQAADwAAAAAAAAAAAAAAAAA5BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2163AEE4" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00937F47" w:rsidRDefault="00DC00AF" w:rsidP="00747FCC">
                       <w:pPr>
                         <w:pStyle w:val="Vkazveznn"/>
                         <w:rPr>
                           <w:sz w:val="11"/>
                           <w:szCs w:val="11"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00937F47">
                         <w:rPr>
                           <w:sz w:val="11"/>
                           <w:szCs w:val="11"/>
                         </w:rPr>
                         <w:t>* ve znění pozdějších předpisů</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="34C67269" w14:textId="4047F8FC" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                       <w:pPr>
                         <w:pStyle w:val="Vkazveznn"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00287CAD" w:rsidRPr="003B27EA">
         <w:t>Výkaz je součástí Programu statistických zjiš</w:t>
       </w:r>
       <w:r w:rsidR="00CC5117" w:rsidRPr="003B27EA">
         <w:t>ťování na rok </w:t>
       </w:r>
       <w:r w:rsidR="00742CD4" w:rsidRPr="003B27EA">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="005F605C">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00D16554">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="002D3DB8">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00287CAD" w:rsidRPr="003B27EA">
         <w:t xml:space="preserve"> Ochr</w:t>
       </w:r>
       <w:r w:rsidR="008E61AA" w:rsidRPr="003B27EA">
         <w:t>ana důvěrnosti údajů je zaručena</w:t>
       </w:r>
       <w:r w:rsidR="00CC5117" w:rsidRPr="003B27EA">
         <w:t xml:space="preserve"> zákonem č.</w:t>
       </w:r>
       <w:r w:rsidR="00CC5117">
         <w:t> 89/1995 </w:t>
       </w:r>
       <w:r w:rsidR="00287CAD" w:rsidRPr="00CC5117">
         <w:t>Sb., o státní statistické službě, ve znění pozdějších předpisů. Údaje se zjišťují pro potřebu Ministerstva kultury, které odpovídá za jejich ochranu. Zpravodajská jednotka je povinna poskytnout všechny požadované údaje. Děkujeme za spolupráci.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F994CA0" w14:textId="77777777" w:rsidR="005D0019" w:rsidRDefault="005D0019" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="VkazProgramstatzji"/>
         <w:sectPr w:rsidR="005D0019" w:rsidSect="00894ED4">
           <w:footnotePr>
@@ -1351,82 +1351,80 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07A3D487" w14:textId="4E4669CE" w:rsidR="005D0019" w:rsidRPr="0064669B" w:rsidRDefault="005D0019" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5C35" w:rsidRPr="00582C88" w14:paraId="4E07CC6F" w14:textId="77777777" w:rsidTr="002F2C51">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AE68F16" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00965AD0" w:rsidP="001625CD">
             <w:pPr>
               <w:pStyle w:val="vkazVtom"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>v tom (z</w:t>
             </w:r>
             <w:r w:rsidR="00FB33A3" w:rsidRPr="00582C88">
               <w:t xml:space="preserve"> řádku </w:t>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00FB33A3" w:rsidRPr="00582C88">
               <w:t>102</w:t>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A0C318E" w14:textId="36D733F1" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>naučná literatura</w:t>
             </w:r>
             <w:r w:rsidR="00C14401">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C14401" w:rsidRPr="00C14401">
               <w:t>(dospělá i dětská dohromady)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40D60A73" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
@@ -1445,62 +1443,60 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E5BACF9" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="0064669B" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5C35" w:rsidRPr="00582C88" w14:paraId="7F8BC0BD" w14:textId="77777777" w:rsidTr="002F2C51">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C3AA175" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1050C4E5" w14:textId="02FDE2F6" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00D56D00" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>krásná literatura</w:t>
             </w:r>
             <w:r w:rsidR="00C14401">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C14401" w:rsidRPr="00C14401">
               <w:t>(dospělá i dětská dohromady)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="059E524C" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
@@ -1519,62 +1515,60 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25C7DD91" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="0064669B" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5C35" w:rsidRPr="00582C88" w14:paraId="3BE9AB8A" w14:textId="77777777" w:rsidTr="002F2C51">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="147F250B" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CBCC5F9" w14:textId="4405CFCF" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00C14401" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r>
               <w:t>zvukové</w:t>
             </w:r>
             <w:r w:rsidR="00263EDA" w:rsidRPr="00582C88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00263EDA" w:rsidRPr="00C14401">
               <w:t>(např.</w:t>
             </w:r>
             <w:r w:rsidRPr="00C14401">
               <w:t xml:space="preserve"> hudební CD,</w:t>
             </w:r>
             <w:r w:rsidR="00263EDA" w:rsidRPr="00C14401">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C14401">
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00263EDA" w:rsidRPr="00C14401">
@@ -1608,62 +1602,60 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C510997" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="0064669B" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5C35" w:rsidRPr="00582C88" w14:paraId="6710D6F6" w14:textId="77777777" w:rsidTr="002F2C51">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E66A421" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12B3350C" w14:textId="71594AA9" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>jiné</w:t>
             </w:r>
             <w:r w:rsidR="00263EDA" w:rsidRPr="00582C88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00263EDA" w:rsidRPr="00C14401">
               <w:t>(např. společenské hry)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0006C389" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
@@ -3475,85 +3467,83 @@
             <w:tcW w:w="2001" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02868A19" w14:textId="77777777" w:rsidR="002C1681" w:rsidRPr="0064669B" w:rsidRDefault="002C1681" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5C35" w:rsidRPr="00582C88" w14:paraId="2C4A112C" w14:textId="77777777" w:rsidTr="00CB5353">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26E7392F" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="005A3D27" w:rsidRDefault="00965AD0" w:rsidP="001625CD">
             <w:pPr>
               <w:pStyle w:val="vkazVtom"/>
               <w:rPr>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>v tom (</w:t>
             </w:r>
             <w:r w:rsidRPr="009A5486">
               <w:t>z</w:t>
             </w:r>
             <w:r w:rsidR="00FB33A3" w:rsidRPr="009A5486">
               <w:t xml:space="preserve"> řádku </w:t>
             </w:r>
             <w:r w:rsidRPr="009A5486">
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00FB33A3" w:rsidRPr="009A5486">
               <w:t>301</w:t>
             </w:r>
             <w:r w:rsidRPr="005A3D27">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F8989A8" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>naučná literatura dospělým uživatelům (</w:t>
             </w:r>
             <w:r w:rsidRPr="009A5486">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>knihy</w:t>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="516" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3571,63 +3561,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2001" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D666554" w14:textId="2B8737F2" w:rsidR="00DB5C35" w:rsidRPr="0064669B" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5C35" w:rsidRPr="00582C88" w14:paraId="7F0D3675" w14:textId="77777777" w:rsidTr="00CB5353">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30818DAB" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="752493F0" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>krásná literatura dospělým uživatelům (</w:t>
             </w:r>
             <w:r w:rsidRPr="009A5486">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>knihy</w:t>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="516" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3645,63 +3633,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2001" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="656F6F49" w14:textId="7D79F7A2" w:rsidR="00DB5C35" w:rsidRPr="0064669B" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5C35" w:rsidRPr="00582C88" w14:paraId="2FB5910A" w14:textId="77777777" w:rsidTr="00CB5353">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38EF18C5" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4796178E" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>naučná literatura dětem (</w:t>
             </w:r>
             <w:r w:rsidRPr="009A5486">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>knihy</w:t>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="516" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3719,63 +3705,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2001" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35198950" w14:textId="4B1DEEF2" w:rsidR="00DB5C35" w:rsidRPr="0064669B" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5C35" w:rsidRPr="00582C88" w14:paraId="0311086E" w14:textId="77777777" w:rsidTr="00CB5353">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6389F157" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DFC8619" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>krásná literatura dětem (</w:t>
             </w:r>
             <w:r w:rsidRPr="009A5486">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>knihy</w:t>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="516" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3793,63 +3777,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2001" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C988AC8" w14:textId="5664A5BC" w:rsidR="00DB5C35" w:rsidRPr="0064669B" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5C35" w:rsidRPr="00582C88" w14:paraId="1440EB93" w14:textId="77777777" w:rsidTr="00CB5353">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F7D1B7C" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D942E61" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>výpůjčky periodik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="516" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78C410E8" w14:textId="724DAD92" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>030</w:t>
             </w:r>
             <w:r w:rsidR="00B40273">
               <w:t>7</w:t>
@@ -3858,66 +3840,64 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2001" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14C99409" w14:textId="6E3705BF" w:rsidR="00DB5C35" w:rsidRPr="0064669B" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5C35" w:rsidRPr="00582C88" w14:paraId="2CBB2D6A" w14:textId="77777777" w:rsidTr="00CB5353">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="244B853F" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00437597" w14:textId="6E0A2649" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00C14401" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r>
               <w:t>zvukové</w:t>
             </w:r>
             <w:r w:rsidR="00263EDA" w:rsidRPr="00582C88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00263EDA" w:rsidRPr="00E867F1">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00263EDA" w:rsidRPr="009A5486">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">např. </w:t>
             </w:r>
             <w:r w:rsidR="00E867F1" w:rsidRPr="009A5486">
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -3962,67 +3942,65 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04A79992" w14:textId="4FE4522B" w:rsidR="00DB5C35" w:rsidRPr="0064669B" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5C35" w:rsidRPr="00582C88" w14:paraId="299BEB58" w14:textId="77777777" w:rsidTr="00CB5353">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23C9F7E7" w14:textId="77777777" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16381BD5" w14:textId="364B8F8C" w:rsidR="00DB5C35" w:rsidRPr="00582C88" w:rsidRDefault="00263EDA" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>J</w:t>
             </w:r>
             <w:r w:rsidR="00DB5C35" w:rsidRPr="00582C88">
               <w:t>iné</w:t>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E867F1">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="009A5486">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>např. společenské hry</w:t>
             </w:r>
             <w:r w:rsidRPr="00E867F1">
@@ -5164,65 +5142,71 @@
           </w:tcPr>
           <w:p w14:paraId="1D82AC63" w14:textId="77777777" w:rsidR="00655D5E" w:rsidRPr="0064669B" w:rsidRDefault="00655D5E" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00192E06" w:rsidRPr="0064669B" w14:paraId="12DBA61D" w14:textId="77777777" w:rsidTr="00CE64D2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="508"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3104" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="072E4201" w14:textId="18AC741A" w:rsidR="00192E06" w:rsidRPr="00582C88" w:rsidRDefault="00965AD0" w:rsidP="0064669B">
+          <w:p w14:paraId="072E4201" w14:textId="7981AC4C" w:rsidR="00192E06" w:rsidRPr="00582C88" w:rsidRDefault="00965AD0" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>z</w:t>
             </w:r>
             <w:r w:rsidR="00596C05" w:rsidRPr="00582C88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00596C05" w:rsidRPr="00582C88">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>ř. 0417</w:t>
+              <w:t>ř. 041</w:t>
+            </w:r>
+            <w:r w:rsidR="001068C0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00192E06" w:rsidRPr="00582C88">
               <w:t xml:space="preserve"> online (</w:t>
             </w:r>
             <w:r w:rsidR="00192E06" w:rsidRPr="00582C88">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>virtuální</w:t>
             </w:r>
             <w:r w:rsidR="00192E06" w:rsidRPr="00582C88">
               <w:t xml:space="preserve">) vzdělávací akce </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14A6E141" w14:textId="2FCE4EA9" w:rsidR="00192E06" w:rsidRPr="00582C88" w:rsidRDefault="00192E06" w:rsidP="0064669B">
             <w:pPr>
@@ -5448,65 +5432,71 @@
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulkasla"/>
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002567E1">
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007844D0" w14:paraId="19F920CE" w14:textId="77777777" w:rsidTr="00F657BB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3C5478" w14:textId="68615F55" w:rsidR="007844D0" w:rsidRPr="002F2C51" w:rsidRDefault="00965AD0" w:rsidP="001625CD">
+          <w:p w14:paraId="0E3C5478" w14:textId="1EAD5241" w:rsidR="007844D0" w:rsidRPr="002F2C51" w:rsidRDefault="00965AD0" w:rsidP="001625CD">
             <w:pPr>
               <w:pStyle w:val="Vkazztoho"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>z</w:t>
             </w:r>
             <w:r w:rsidR="00596C05" w:rsidRPr="002F2C51">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2C51">
-              <w:t>ř. 0417</w:t>
+              <w:t>ř. 04</w:t>
+            </w:r>
+            <w:r w:rsidR="00D66290">
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00596C05" w:rsidRPr="002F2C51">
-              <w:t xml:space="preserve"> a 0418</w:t>
+              <w:t xml:space="preserve"> a 04</w:t>
+            </w:r>
+            <w:r w:rsidR="00D66290">
+              <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="007844D0" w:rsidRPr="002F2C51">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007844D0" w:rsidRPr="007308DB">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>vzdělávací akce v oblasti</w:t>
             </w:r>
             <w:r w:rsidR="007844D0" w:rsidRPr="002F2C51">
               <w:t xml:space="preserve"> ICT </w:t>
             </w:r>
             <w:r w:rsidR="007308DB">
               <w:br/>
             </w:r>
             <w:r w:rsidR="007844D0" w:rsidRPr="002F2C51">
               <w:t>(inform. a komunikačních technologií)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -6164,68 +6154,66 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7067D06D" w14:textId="77777777" w:rsidR="000C28B3" w:rsidRDefault="000C28B3" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulkasla"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00180AE4" w14:paraId="65CADAD2" w14:textId="77777777" w:rsidTr="00EC08EC">
         <w:trPr>
           <w:trHeight w:val="32"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62B7FB7F" w14:textId="77777777" w:rsidR="000C28B3" w:rsidRDefault="000C28B3" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulky"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="401" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="473814CC" w14:textId="77777777" w:rsidR="000C28B3" w:rsidRDefault="000C28B3" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulky"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D82B1E5" w14:textId="77777777" w:rsidR="000C28B3" w:rsidRDefault="000C28B3" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulky"/>
             </w:pPr>
             <w:r>
               <w:t>ANO</w:t>
             </w:r>
           </w:p>
@@ -6237,70 +6225,68 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29EF8B97" w14:textId="77777777" w:rsidR="000C28B3" w:rsidRDefault="000C28B3" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulky"/>
             </w:pPr>
             <w:r>
               <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00180AE4" w14:paraId="0E0C2958" w14:textId="77777777" w:rsidTr="00EC08EC">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3239A89F" w14:textId="77777777" w:rsidR="000C28B3" w:rsidRPr="002F2C51" w:rsidRDefault="000C28B3" w:rsidP="00937F47">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
               <w:ind w:left="14"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>Webová stránka knihovny</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="690698AD" w14:textId="77777777" w:rsidR="000C28B3" w:rsidRDefault="00FF1703" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r>
               <w:t>05</w:t>
             </w:r>
             <w:r w:rsidR="000C28B3">
               <w:t>01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -6515,51 +6501,50 @@
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000C28B3" w:rsidRPr="001F7C52">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001F7C52">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001F7C52">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D35FA" w14:paraId="363554D8" w14:textId="77777777" w:rsidTr="00F657BB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CB8A72D" w14:textId="68E28AEB" w:rsidR="004D35FA" w:rsidRPr="00CE42C3" w:rsidRDefault="004D35FA" w:rsidP="00937F47">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
               <w:ind w:left="14"/>
             </w:pPr>
             <w:r w:rsidRPr="00CE42C3">
               <w:t>Počet n</w:t>
             </w:r>
             <w:r w:rsidR="00570806" w:rsidRPr="00CE42C3">
               <w:t>ávštěv webové stránky knihovny za</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE42C3">
               <w:t xml:space="preserve"> sled</w:t>
             </w:r>
             <w:r w:rsidR="00570806" w:rsidRPr="00CE42C3">
               <w:t>ované</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE42C3">
               <w:t xml:space="preserve"> období</w:t>
             </w:r>
             <w:r w:rsidR="00D06B74" w:rsidRPr="00CE42C3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -6631,51 +6616,50 @@
           <w:tcPr>
             <w:tcW w:w="1583" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72B21DFD" w14:textId="77777777" w:rsidR="004D35FA" w:rsidRPr="0064669B" w:rsidRDefault="004D35FA" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D35FA" w14:paraId="1AE06381" w14:textId="77777777" w:rsidTr="00F657BB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3704A588" w14:textId="698528A5" w:rsidR="004D35FA" w:rsidRPr="00937F47" w:rsidRDefault="004D35FA" w:rsidP="00937F47">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
               <w:ind w:left="14"/>
             </w:pPr>
             <w:r w:rsidRPr="00937F47">
               <w:t>Počet vstupů do elektronického katalogu</w:t>
             </w:r>
             <w:r w:rsidR="008A5056">
               <w:t xml:space="preserve"> a elektronického výpůjčního protokolu</w:t>
             </w:r>
             <w:r w:rsidR="00DA5D62" w:rsidRPr="00937F47">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D62" w:rsidRPr="00CE42C3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00377FDE">
               <w:rPr>
                 <w:b/>
@@ -6749,215 +6733,209 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DE5FB24" w14:textId="77777777" w:rsidR="004D35FA" w:rsidRPr="0064669B" w:rsidRDefault="004D35FA" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00655D5E" w14:paraId="17A91F74" w14:textId="77777777" w:rsidTr="00F657BB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63BE36E8" w14:textId="13CF764E" w:rsidR="00655D5E" w:rsidRPr="00CE42C3" w:rsidRDefault="00655D5E" w:rsidP="00937F47">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
               <w:ind w:left="14"/>
             </w:pPr>
             <w:r w:rsidRPr="00CE42C3">
               <w:t>Počet e-výpůjček e-</w:t>
             </w:r>
             <w:r w:rsidR="003F7FE0">
               <w:t>knih</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE42C3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D62" w:rsidRPr="00CE42C3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">(výpůjčky prostřednictvím on-line katalogu </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D62" w:rsidRPr="00CE42C3">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>vaší</w:t>
             </w:r>
             <w:r w:rsidR="00DA5D62" w:rsidRPr="00CE42C3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> knihovny)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="134D5D8B" w14:textId="280B3BAF" w:rsidR="00655D5E" w:rsidRDefault="00655D5E" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r>
               <w:t>051</w:t>
             </w:r>
             <w:r w:rsidR="00501DCD">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1583" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A0A4942" w14:textId="77777777" w:rsidR="00655D5E" w:rsidRPr="0064669B" w:rsidRDefault="00655D5E" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00422070" w14:paraId="58D19AB9" w14:textId="77777777" w:rsidTr="00F657BB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A8EE03E" w14:textId="5013EF69" w:rsidR="00422070" w:rsidRPr="00CE42C3" w:rsidRDefault="00422070" w:rsidP="00937F47">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
               <w:ind w:left="14"/>
             </w:pPr>
             <w:r w:rsidRPr="00CE42C3">
               <w:t>Počet e-výpůjček</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> e-audioknih</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE42C3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CE42C3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">(výpůjčky prostřednictvím on-line katalogu </w:t>
             </w:r>
             <w:r w:rsidRPr="00CE42C3">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>vaší</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE42C3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> knihovny)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="163D8B55" w14:textId="3BA6B58D" w:rsidR="00422070" w:rsidRDefault="00501DCD" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r>
               <w:t>0511</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1583" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5217096E" w14:textId="77777777" w:rsidR="00422070" w:rsidRPr="0064669B" w:rsidRDefault="00422070" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00331C27" w:rsidRPr="003B27EA" w14:paraId="3E3F714A" w14:textId="77777777" w:rsidTr="00F657BB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10A2F0A8" w14:textId="616A34A7" w:rsidR="00331C27" w:rsidRPr="002F2C51" w:rsidRDefault="00331C27" w:rsidP="00937F47">
@@ -8438,650 +8416,426 @@
             <w:r>
               <w:t>0611</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DB429F6" w14:textId="77777777" w:rsidR="008A3192" w:rsidRPr="0064669B" w:rsidRDefault="008A3192" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w14:paraId="6D3C0DCA" w14:textId="77777777" w:rsidTr="001625CD">
+      <w:tr w:rsidR="007B2FAC" w:rsidRPr="003B27EA" w14:paraId="446FE025" w14:textId="77777777" w:rsidTr="00800550">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="447" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="3003" w:type="dxa"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5302D13D" w14:textId="1C7A8F6E" w:rsidR="007B2FAC" w:rsidRDefault="007B2FAC" w:rsidP="007B2FAC">
+            <w:pPr>
+              <w:pStyle w:val="VkazZkladntext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00373501">
+              <w:t xml:space="preserve">Osoby v jiném než pracovněprávním vztahu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373501">
+              <w:br/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373501">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>OSVČ, smlouvy o dílo aj.)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373501">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373501">
+              <w:rPr>
+                <w:rStyle w:val="Znakapoznpodarou"/>
+              </w:rPr>
+              <w:footnoteReference w:id="10"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71AF4330" w14:textId="5BD6FB42" w:rsidR="00B45FBD" w:rsidRPr="002F2C51" w:rsidRDefault="007F163B" w:rsidP="0064669B">
+          <w:p w14:paraId="2E21F1AB" w14:textId="3013198C" w:rsidR="007B2FAC" w:rsidRDefault="003256D8" w:rsidP="007B2FAC">
+            <w:pPr>
+              <w:pStyle w:val="vkazslodku"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0612</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67410529" w14:textId="77777777" w:rsidR="007B2FAC" w:rsidRPr="0064669B" w:rsidRDefault="007B2FAC" w:rsidP="007B2FAC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B2FAC" w:rsidRPr="003B27EA" w14:paraId="28A029FD" w14:textId="77777777" w:rsidTr="00DC00AF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D49C8FF" w14:textId="76E12ABE" w:rsidR="007B2FAC" w:rsidRDefault="003256D8" w:rsidP="007B2FAC">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
-            <w:r w:rsidRPr="002F2C51">
-[...39 lines deleted...]
-              <w:t>)</w:t>
+            <w:r>
+              <w:t>Počet h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373501">
+              <w:t>odin odpracovaných osobami v jiném než pracovněprávním vztahu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB18737" w14:textId="77777777" w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w:rsidRDefault="00630716" w:rsidP="0064669B">
+          <w:p w14:paraId="32B09290" w14:textId="64E872C0" w:rsidR="007B2FAC" w:rsidRDefault="003256D8" w:rsidP="007B2FAC">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
-            <w:r w:rsidRPr="003B27EA">
-[...6 lines deleted...]
-              <w:t>9</w:t>
+            <w:r>
+              <w:t>0613</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="149D2FB6" w14:textId="77777777" w:rsidR="00B45FBD" w:rsidRPr="0064669B" w:rsidRDefault="00B45FBD" w:rsidP="0064669B">
+          <w:p w14:paraId="3AF3736F" w14:textId="77777777" w:rsidR="007B2FAC" w:rsidRPr="0064669B" w:rsidRDefault="007B2FAC" w:rsidP="007B2FAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w14:paraId="4B800CA2" w14:textId="77777777" w:rsidTr="001625CD">
+      <w:tr w:rsidR="007B2FAC" w:rsidRPr="003B27EA" w14:paraId="6D3C0DCA" w14:textId="77777777" w:rsidTr="001625CD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            </w:pPr>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="413A3926" w14:textId="77777777" w:rsidR="007B2FAC" w:rsidRPr="003B27EA" w:rsidRDefault="007B2FAC" w:rsidP="007B2FAC">
+            <w:pPr>
+              <w:pStyle w:val="vkazVtom"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003B27EA">
+              <w:t>Počet</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3115469F" w14:textId="77777777" w:rsidR="00B45FBD" w:rsidRPr="002F2C51" w:rsidRDefault="007F163B" w:rsidP="0064669B">
+          <w:p w14:paraId="71AF4330" w14:textId="5BD6FB42" w:rsidR="007B2FAC" w:rsidRPr="002F2C51" w:rsidRDefault="007B2FAC" w:rsidP="007B2FAC">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
-              <w:t>hodin odpracovaných dobrovol</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">nými </w:t>
+              <w:t>dobrovolných pracovníků (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD70EF">
+              <w:t xml:space="preserve">pouze </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00747FCC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>osoby</w:t>
             </w:r>
             <w:r w:rsidRPr="002F2C51">
-              <w:t>pracovníky ročně</w:t>
+              <w:t xml:space="preserve">, které </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00747FCC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>nedostávají</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F2C51">
+              <w:t xml:space="preserve"> žádnou </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00747FCC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>odměnu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F2C51">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1842FD8F" w14:textId="77777777" w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w:rsidRDefault="00630716" w:rsidP="0064669B">
+          <w:p w14:paraId="6BB18737" w14:textId="16DB2421" w:rsidR="007B2FAC" w:rsidRPr="003B27EA" w:rsidRDefault="007B2FAC" w:rsidP="007B2FAC">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>06</w:t>
             </w:r>
-            <w:r w:rsidR="008D0851" w:rsidRPr="003B27EA">
-              <w:t>10</w:t>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000238B5">
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D06087A" w14:textId="77777777" w:rsidR="00B45FBD" w:rsidRPr="0064669B" w:rsidRDefault="00B45FBD" w:rsidP="0064669B">
+          <w:p w14:paraId="149D2FB6" w14:textId="77777777" w:rsidR="007B2FAC" w:rsidRPr="0064669B" w:rsidRDefault="007B2FAC" w:rsidP="007B2FAC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B2FAC" w:rsidRPr="003B27EA" w14:paraId="4B800CA2" w14:textId="77777777" w:rsidTr="001625CD">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E9F2D3" w14:textId="77777777" w:rsidR="007B2FAC" w:rsidRPr="003B27EA" w:rsidRDefault="007B2FAC" w:rsidP="007B2FAC">
+            <w:pPr>
+              <w:pStyle w:val="VkazZkladntext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3115469F" w14:textId="77777777" w:rsidR="007B2FAC" w:rsidRPr="002F2C51" w:rsidRDefault="007B2FAC" w:rsidP="007B2FAC">
+            <w:pPr>
+              <w:pStyle w:val="VkazZkladntext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002F2C51">
+              <w:t>hodin odpracovaných dobrovolnými pracovníky ročně</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1842FD8F" w14:textId="29E79687" w:rsidR="007B2FAC" w:rsidRPr="003B27EA" w:rsidRDefault="007B2FAC" w:rsidP="007B2FAC">
+            <w:pPr>
+              <w:pStyle w:val="vkazslodku"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003B27EA">
+              <w:t>06</w:t>
+            </w:r>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000238B5">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D06087A" w14:textId="77777777" w:rsidR="007B2FAC" w:rsidRPr="0064669B" w:rsidRDefault="007B2FAC" w:rsidP="007B2FAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7207B73D" w14:textId="77777777" w:rsidR="002F2C51" w:rsidRDefault="002F2C51" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...362 lines deleted...]
-    <w:p w14:paraId="6A65B70D" w14:textId="77777777" w:rsidR="002F2C51" w:rsidRDefault="002F2C51" w:rsidP="0064669B">
+    <w:p w14:paraId="6A65B70D" w14:textId="3591721C" w:rsidR="002F2C51" w:rsidRDefault="002F2C51" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="706818DF" w14:textId="2D0D8CB5" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00FD43AD" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
       </w:pPr>
       <w:r w:rsidRPr="003B27EA">
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="_Toc326153058"/>
       <w:r w:rsidR="00441619" w:rsidRPr="003B27EA">
         <w:t>VII. PŘÍJMY</w:t>
       </w:r>
       <w:r w:rsidR="00D71FB4" w:rsidRPr="003B27EA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00441619" w:rsidRPr="003B27EA">
         <w:t xml:space="preserve"> RESP. VÝNOSY</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00F118E8">
         <w:t xml:space="preserve"> – </w:t>
@@ -9102,264 +8856,254 @@
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3123"/>
         <w:gridCol w:w="394"/>
         <w:gridCol w:w="1983"/>
       </w:tblGrid>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="3D10D22A" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="155"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="648F1B58" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulky"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6118F461" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulky"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>Č. ř.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15641F48" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulky"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>Celkem v Kč</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="5CC79D4D" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="158"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="495B7A43" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002567E1" w:rsidRDefault="00441619" w:rsidP="002567E1">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulkasla"/>
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002567E1">
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="556E307C" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002567E1" w:rsidRDefault="00441619" w:rsidP="002567E1">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulkasla"/>
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002567E1">
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F46DE35" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002567E1" w:rsidRDefault="00441619" w:rsidP="002567E1">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulkasla"/>
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002567E1">
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC6D00" w:rsidRPr="00AC6D00" w14:paraId="56A4F747" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70EA6B29" w14:textId="3B15A567" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>Tržby za vla</w:t>
             </w:r>
             <w:r w:rsidR="00614655" w:rsidRPr="00AC6D00">
               <w:t>stní výkony (výrobky, služby) a za </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>zboží</w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(např. pokud vybíráte registrační nebo jiné poplatky)</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC6D00">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C1DFC14" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>0701</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="555C7297" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="00AC6D00">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC6D00" w:rsidRPr="00AC6D00" w14:paraId="40074588" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11AF3244" w14:textId="47170FAF" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="00AC6D00">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC6D00">
               <w:tab/>
               <w:t xml:space="preserve">z toho </w:t>
             </w:r>
             <w:r w:rsidR="00611972" w:rsidRPr="00AC6D00">
               <w:t>výnosy (příjmy) z hlavní činnosti</w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0064669B" w:rsidRPr="00AC6D00">
               <w:br/>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="005A3D27">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
@@ -9376,452 +9120,431 @@
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> ř. </w:t>
             </w:r>
             <w:r w:rsidR="00AC6D00" w:rsidRPr="005A3D27">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="005A3D27">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>701)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09281B85" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>0702</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62B4755C" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="00AC6D00">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC6D00" w:rsidRPr="00AC6D00" w14:paraId="3698461B" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72033697" w14:textId="5188D472" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>Příspěvk</w:t>
             </w:r>
             <w:r w:rsidR="00614655" w:rsidRPr="00AC6D00">
               <w:t>y, dotace a granty na provoz ze </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>stát. rozpočtu</w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(např. pokud jste zí</w:t>
             </w:r>
             <w:r w:rsidR="0066763B" w:rsidRPr="00AC6D00">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>kali peníze z VISK 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="005223F0" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>0703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A396302" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="00AC6D00">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC6D00" w:rsidRPr="00AC6D00" w14:paraId="742D12B5" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AC63DC6" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00614655" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>Příspěvky, dotace a </w:t>
             </w:r>
             <w:r w:rsidR="00441619" w:rsidRPr="00AC6D00">
               <w:t>granty na provoz z</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC6D00">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00441619" w:rsidRPr="00AC6D00">
               <w:t>rozpočtu kraje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="723C7EBD" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>0704</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15D70024" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="00AC6D00">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC6D00" w:rsidRPr="00AC6D00" w14:paraId="41C4EC3B" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00339B59" w14:textId="678D3862" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00614655" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>Příspěvky, dotace a granty na provoz z </w:t>
             </w:r>
             <w:r w:rsidR="00441619" w:rsidRPr="00AC6D00">
               <w:t>rozpočtu obce</w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="001625CD">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>veškeré příspěvky na provoz knihovny</w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56DB66E5" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>0705</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A07368F" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="00AC6D00">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="52D08858" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AA77CEF" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002F2C51" w:rsidRDefault="00614655" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>Příspěvky, dotace a </w:t>
             </w:r>
             <w:r w:rsidR="00441619" w:rsidRPr="002F2C51">
               <w:t>granty na provoz od ostat. subjektů</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4670AD13" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0706</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BAC79FB" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="4AF1454D" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59442F33" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002F2C51" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>Dary a sponzorské příspěvky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27D3ABAB" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0709</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E6D876C" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="24E210A4" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24FC799C" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002F2C51" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>Ostatní provozní výnosy výše neuvedené</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04D218F6" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0710</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B144D31" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="469D2D8C" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FA53421" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002F2C51" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F657BB">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Příjmy (výnosy) celkem </w:t>
             </w:r>
             <w:r w:rsidR="002407B1" w:rsidRPr="002F2C51">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="002F2C51">
@@ -9848,361 +9571,344 @@
                 <w:b/>
               </w:rPr>
               <w:t>až</w:t>
             </w:r>
             <w:r w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 0707 + ř. 0709 + ř. 0710</w:t>
             </w:r>
             <w:r w:rsidRPr="002F2C51">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FCD9394" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0711</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CA37A72" w14:textId="48199959" w:rsidR="00441619" w:rsidRPr="00F118E8" w:rsidRDefault="00441619" w:rsidP="0064669B"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="1D5A79B9" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16E92E4D" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002F2C51" w:rsidRDefault="00614655" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>Dotace a </w:t>
             </w:r>
             <w:r w:rsidR="00441619" w:rsidRPr="002F2C51">
               <w:t>granty na investice ze státního rozpočtu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AA1FCAB" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0712</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0366E48C" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="0D28917A" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32FC5DCA" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002F2C51" w:rsidRDefault="00614655" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>Dotace a granty na investice z </w:t>
             </w:r>
             <w:r w:rsidR="00441619" w:rsidRPr="002F2C51">
               <w:t>rozpočtu kraje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16A6CEF9" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0713</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="185EEFF7" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="0A1A11C3" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6861B861" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002F2C51" w:rsidRDefault="00614655" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>Dotace a granty na investice z </w:t>
             </w:r>
             <w:r w:rsidR="00441619" w:rsidRPr="002F2C51">
               <w:t>rozpočtu obce</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07EB50E3" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0714</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="698ABA4D" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="1BC67A26" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25282DFF" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002F2C51" w:rsidRDefault="00614655" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>Dotace a </w:t>
             </w:r>
             <w:r w:rsidR="00441619" w:rsidRPr="002F2C51">
               <w:t>granty na investice od ostatních subjektů</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11796668" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0715</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="795A644B" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="62A3B743" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="090DB247" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="002F2C51" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>Dotace a granty na investice celkem</w:t>
             </w:r>
             <w:r w:rsidR="002407B1" w:rsidRPr="002F2C51">
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="002F2C51">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="002F2C51">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">součet ř. 0712 </w:t>
             </w:r>
             <w:r w:rsidR="007F163B" w:rsidRPr="002F2C51">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>až</w:t>
             </w:r>
             <w:r w:rsidRPr="002F2C51">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 0716</w:t>
             </w:r>
             <w:r w:rsidRPr="002F2C51">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D7CF787" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0718</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E30D68C" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="00C09A70" w14:textId="6F4A372F" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc326153059"/>
       <w:r w:rsidRPr="003B27EA">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>VIII. VÝDAJE</w:t>
       </w:r>
@@ -10247,952 +9953,913 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="370"/>
         <w:gridCol w:w="20"/>
         <w:gridCol w:w="2788"/>
         <w:gridCol w:w="433"/>
         <w:gridCol w:w="1982"/>
       </w:tblGrid>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="1B2077D6" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2841" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="77F15A01" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulky"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0116D5B9" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulky"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>Č. ř.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6411D4E0" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulky"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>Celkem v Kč</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="6FCAEA0E" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="81"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2841" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="47A1FF3E" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulkasla"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2CC9D7B3" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulkasla"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5664B043" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazHlavikatabulkasla"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="590C85C8" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2841" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5682149E" w14:textId="2CF45FD3" w:rsidR="00441619" w:rsidRPr="00AC6D00" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC6D00">
               <w:t>Spotřeba materiálu, energie, zboží a služeb</w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0064669B" w:rsidRPr="00AC6D00">
               <w:br/>
             </w:r>
             <w:r w:rsidR="005A3D27">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(knihy, periodika…</w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00017424" w:rsidRPr="00AC6D00">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00F118E8" w:rsidRPr="00AC6D00">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> další materiál)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="575DE337" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0801</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47E28B73" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="75BEA2A0" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2841" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50751CAD" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="0064669B" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00614655" w:rsidRPr="0064669B">
               <w:t>z </w:t>
             </w:r>
             <w:r w:rsidRPr="0064669B">
               <w:t>toho nájmy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37D9FC94" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0802</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40BB8A8A" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="016DCFD4" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2841" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D71D3CE" w14:textId="3D763503" w:rsidR="00441619" w:rsidRPr="0064669B" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:t>Osobní náklady (</w:t>
             </w:r>
             <w:r w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>součet ř</w:t>
             </w:r>
             <w:r w:rsidR="007F163B" w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>. 0804 až</w:t>
             </w:r>
             <w:r w:rsidR="002315AC" w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 08</w:t>
             </w:r>
             <w:r w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>07</w:t>
             </w:r>
             <w:r w:rsidRPr="0064669B">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00C35A1C" w:rsidRPr="0064669B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02D74D19" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0803</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18B56198" w14:textId="18CE258F" w:rsidR="00441619" w:rsidRPr="007A21BA" w:rsidRDefault="00441619" w:rsidP="0064669B"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="29AFDE1D" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="349" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CCAA6B2" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="0064669B" w:rsidRDefault="00965AD0" w:rsidP="001625CD">
             <w:pPr>
               <w:pStyle w:val="vkazVtom"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:t xml:space="preserve">v tom </w:t>
             </w:r>
             <w:r w:rsidR="00DA3C87" w:rsidRPr="0064669B">
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="0064669B">
               <w:t>(z </w:t>
             </w:r>
             <w:r w:rsidR="00AE6368" w:rsidRPr="0064669B">
               <w:t>řádku 803</w:t>
             </w:r>
             <w:r w:rsidRPr="0064669B">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2492" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3569DAB9" w14:textId="5ECB946F" w:rsidR="00441619" w:rsidRPr="0064669B" w:rsidRDefault="00593DF9" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:t>mzdy</w:t>
             </w:r>
             <w:r w:rsidR="005477A9" w:rsidRPr="0064669B">
               <w:t xml:space="preserve"> (resp.</w:t>
             </w:r>
             <w:r w:rsidR="007F163B" w:rsidRPr="0064669B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005477A9" w:rsidRPr="0064669B">
               <w:t>platy)</w:t>
             </w:r>
             <w:r w:rsidR="00E31222" w:rsidRPr="0064669B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F554EF">
               <w:br/>
             </w:r>
             <w:r w:rsidR="00E31222" w:rsidRPr="00895EEA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00F13942">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>je-li uzavřena smlouva o pracovním poměru</w:t>
             </w:r>
             <w:r w:rsidR="00E31222" w:rsidRPr="00895EEA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38F8CB57" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0804</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B9DA42B" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="5E4BC8EE" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="349" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AE8C5DE" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="0064669B" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2492" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EFBAC7E" w14:textId="08D8631C" w:rsidR="00441619" w:rsidRPr="00895EEA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00895EEA">
               <w:t>ostatní osobní náklady</w:t>
             </w:r>
             <w:r w:rsidR="00E31222" w:rsidRPr="00895EEA">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00895EEA" w:rsidRPr="00895EEA">
               <w:br/>
             </w:r>
             <w:r w:rsidR="00E31222" w:rsidRPr="00895EEA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(pracovník na dohodu</w:t>
             </w:r>
             <w:r w:rsidR="0022697E" w:rsidRPr="00895EEA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>, DPP ,DPČ</w:t>
             </w:r>
             <w:r w:rsidR="00E31222" w:rsidRPr="00895EEA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08152542" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0805</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E431365" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="2D56B220" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="349" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C6837FE" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="0064669B" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2492" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6538C378" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="0064669B" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:t>náklady na zdravotní a sociální pojištění</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DAFB546" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0806</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68CA20BC" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="75929232" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="349" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71FC49B1" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="0064669B" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2492" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76A403DB" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="0064669B" w:rsidRDefault="005477A9" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:t>zákonné</w:t>
             </w:r>
             <w:r w:rsidR="00441619" w:rsidRPr="0064669B">
               <w:t xml:space="preserve"> sociální náklady</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D34F2CE" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0807</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43538142" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="67F474EE" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2841" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12FF8479" w14:textId="7524FD6B" w:rsidR="00441619" w:rsidRPr="005A3D27" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="005A3D27">
               <w:t>Náklady na pořízení knihovního fondu celkem</w:t>
             </w:r>
             <w:r w:rsidRPr="005A3D27">
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00CF3D18" w:rsidRPr="005A3D27">
               <w:t xml:space="preserve">z ř. 0801 </w:t>
             </w:r>
             <w:r w:rsidRPr="005A3D27">
               <w:t xml:space="preserve">včetně periodik a </w:t>
             </w:r>
             <w:r w:rsidR="005F186C" w:rsidRPr="005A3D27">
               <w:t xml:space="preserve">pořízení </w:t>
             </w:r>
             <w:r w:rsidRPr="005A3D27">
               <w:t xml:space="preserve">licencí na elektronické zdroje) </w:t>
             </w:r>
             <w:r w:rsidR="00630716" w:rsidRPr="005A3D27">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:footnoteReference w:id="10"/>
+              <w:footnoteReference w:id="11"/>
             </w:r>
             <w:r w:rsidR="00E31222" w:rsidRPr="005A3D27">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F554EF" w:rsidRPr="005A3D27">
               <w:br/>
             </w:r>
             <w:r w:rsidR="00E31222" w:rsidRPr="005A3D27">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(nákup knih, periodik, audioknih, her)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F89D69E" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0808</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15FB623D" w14:textId="74E89878" w:rsidR="00441619" w:rsidRPr="00AA5BD7" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="2F7A5CCB" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="331" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2836C633" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="0064669B" w:rsidRDefault="00614655" w:rsidP="001625CD">
             <w:pPr>
               <w:pStyle w:val="vkazVtom"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:t>z </w:t>
             </w:r>
             <w:r w:rsidR="00441619" w:rsidRPr="0064669B">
               <w:t>toho</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2509" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="585E500B" w14:textId="106F224C" w:rsidR="00441619" w:rsidRPr="00895EEA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00895EEA">
               <w:t xml:space="preserve">nákup a předplatné periodik </w:t>
             </w:r>
             <w:r w:rsidR="00E31222" w:rsidRPr="00895EEA">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E31222" w:rsidRPr="00895EEA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(jen periodika)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="353194B5" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0809</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A22AE02" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="782DA183" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2841" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="724B8A9A" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="0064669B" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:t xml:space="preserve">Výdaje (náklady) celkem </w:t>
             </w:r>
             <w:r w:rsidR="002407B1" w:rsidRPr="0064669B">
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="0064669B">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">součet ř. </w:t>
             </w:r>
             <w:r w:rsidR="005F186C" w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
@@ -11212,91 +10879,88 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007F163B" w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>až</w:t>
             </w:r>
             <w:r w:rsidR="005F186C" w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 0814</w:t>
             </w:r>
             <w:r w:rsidRPr="0064669B">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57112EA7" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>081</w:t>
             </w:r>
             <w:r w:rsidR="005F186C" w:rsidRPr="003B27EA">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4937AE7C" w14:textId="466FD444" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00441619" w:rsidRPr="003B27EA" w14:paraId="34CFCF4F" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2841" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C93CB67" w14:textId="77777777" w:rsidR="0064669B" w:rsidRDefault="00593DF9" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:tab/>
               <w:t>z toho výdaje na hlavní činnost</w:t>
             </w:r>
             <w:r w:rsidR="003D290D" w:rsidRPr="0064669B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0064669B">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="0064669B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>z ř. 0815</w:t>
             </w:r>
             <w:r w:rsidRPr="0064669B">
               <w:t>)</w:t>
@@ -11316,317 +10980,304 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00895EEA" w:rsidRPr="00895EEA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">nesmí být větší než </w:t>
             </w:r>
             <w:r w:rsidRPr="00895EEA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ř. 0815)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7662FD19" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>081</w:t>
             </w:r>
             <w:r w:rsidR="005F186C" w:rsidRPr="003B27EA">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E9492C8" w14:textId="6C9EC0FD" w:rsidR="00441619" w:rsidRPr="00C237D5" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005477A9" w:rsidRPr="003B27EA" w14:paraId="088A5A71" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2841" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2350DC92" w14:textId="77777777" w:rsidR="005477A9" w:rsidRPr="0064669B" w:rsidRDefault="00593DF9" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:t>Investiční výdaje (na hmotný a nehmotný majetek) celkem</w:t>
             </w:r>
             <w:r w:rsidR="00AE6368" w:rsidRPr="0064669B">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="00AE6368" w:rsidRPr="0064669B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>součet ř. 818 a 819</w:t>
             </w:r>
             <w:r w:rsidR="00AE6368" w:rsidRPr="0064669B">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="702AA2D4" w14:textId="77777777" w:rsidR="005477A9" w:rsidRPr="003B27EA" w:rsidRDefault="005477A9" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EB59E65" w14:textId="77777777" w:rsidR="005477A9" w:rsidRPr="003B27EA" w:rsidRDefault="005477A9" w:rsidP="0064669B"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E428B1" w:rsidRPr="003B27EA" w14:paraId="5B20D304" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="349" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EBC5B0C" w14:textId="5FEE1A14" w:rsidR="00E428B1" w:rsidRPr="001625CD" w:rsidRDefault="00DA3C87" w:rsidP="001625CD">
             <w:pPr>
               <w:pStyle w:val="vkazVtom"/>
             </w:pPr>
             <w:r w:rsidRPr="001625CD">
               <w:t>z</w:t>
             </w:r>
             <w:r w:rsidR="003D16D6" w:rsidRPr="001625CD">
               <w:t xml:space="preserve"> řádku </w:t>
             </w:r>
             <w:r w:rsidR="001625CD" w:rsidRPr="001625CD">
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="003D16D6" w:rsidRPr="001625CD">
               <w:t>817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2492" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AFDA576" w14:textId="77777777" w:rsidR="00E428B1" w:rsidRPr="0064669B" w:rsidRDefault="00E428B1" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:t xml:space="preserve">hmotný majetek </w:t>
             </w:r>
             <w:r w:rsidRPr="0064669B">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:footnoteReference w:id="11"/>
+              <w:footnoteReference w:id="12"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FC1925B" w14:textId="77777777" w:rsidR="00E428B1" w:rsidRPr="003B27EA" w:rsidRDefault="00E428B1" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>081</w:t>
             </w:r>
             <w:r w:rsidR="005477A9" w:rsidRPr="003B27EA">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50189BE0" w14:textId="77777777" w:rsidR="00E428B1" w:rsidRPr="003B27EA" w:rsidRDefault="00E428B1" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E428B1" w:rsidRPr="00933F0B" w14:paraId="68033FF4" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="349" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="154C16D9" w14:textId="77777777" w:rsidR="00E428B1" w:rsidRPr="0064669B" w:rsidRDefault="00E428B1" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2492" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="231546DE" w14:textId="77777777" w:rsidR="00E428B1" w:rsidRPr="0064669B" w:rsidRDefault="00E428B1" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="0064669B">
               <w:t xml:space="preserve">nehmotný majetek </w:t>
             </w:r>
             <w:r w:rsidRPr="0064669B">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:footnoteReference w:id="12"/>
+              <w:footnoteReference w:id="13"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="024C89CB" w14:textId="77777777" w:rsidR="00E428B1" w:rsidRDefault="005477A9" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>0819</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D4EEDBD" w14:textId="77777777" w:rsidR="00E428B1" w:rsidRPr="00B779C3" w:rsidRDefault="00E428B1" w:rsidP="0064669B"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56BF8298" w14:textId="77777777" w:rsidR="003B106F" w:rsidRPr="0064669B" w:rsidRDefault="003B106F" w:rsidP="0064669B">
       <w:pPr>
         <w:sectPr w:rsidR="003B106F" w:rsidRPr="0064669B" w:rsidSect="0044289F">
           <w:footnotePr>
             <w:pos w:val="beneathText"/>
           </w:footnotePr>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="397" w:right="397" w:bottom="397" w:left="397" w:header="454" w:footer="454" w:gutter="0"/>
           <w:cols w:num="2" w:space="142"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DB216D2" w14:textId="5DFED89B" w:rsidR="001F7C52" w:rsidRPr="0064669B" w:rsidRDefault="00CC35C2" w:rsidP="0064669B">
+    <w:p w14:paraId="0DB216D2" w14:textId="2CB9C726" w:rsidR="001F7C52" w:rsidRPr="0064669B" w:rsidRDefault="00CC35C2" w:rsidP="0064669B">
       <w:bookmarkStart w:id="10" w:name="_Toc326153060"/>
       <w:r w:rsidRPr="0064669B">
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EF25C10" wp14:editId="72C2982B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-142913</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>9587865</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7417440" cy="1009800"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Textové pole 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -11832,55 +11483,51 @@
                             </w:tr>
                           </w:tbl>
                           <w:p w14:paraId="77954060" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="3EF25C10" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Textové pole 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-11.25pt;margin-top:754.95pt;width:584.05pt;height:79.5pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXEGK2LgIAAFwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X2xnadMacYosRYYB&#10;QVsgHXpWZCkRIIuapMTOfv0oOa91Ow27yKRI8fF9pCcPXaPJXjivwFS0GOSUCMOhVmZT0e+vi093&#10;lPjATM00GFHRg/D0Yfrxw6S1pRjCFnQtHMEgxpetreg2BFtmmedb0TA/ACsMGiW4hgVU3SarHWsx&#10;eqOzYZ7fZi242jrgwnu8feyNdJriSyl4eJbSi0B0RbG2kE6XznU8s+mElRvH7FbxYxnsH6pomDKY&#10;9BzqkQVGdk79EapR3IEHGQYcmgykVFykHrCbIn/XzWrLrEi9IDjenmHy/y8sf9qv7IsjofsCHRIY&#10;AWmtLz1exn466Zr4xUoJ2hHCwxk20QXC8XI8KsajEZo42oo8v7/LE7DZ5bl1PnwV0JAoVNQhLwku&#10;tl/6gCnR9eQSs3nQql4orZMSZ0HMtSN7hizqkIrEF795aUPait5+vslTYAPxeR9ZG0xwaSpKoVt3&#10;RNVXDa+hPiAODvoR8ZYvFNa6ZD68MIczgf3hnIdnPKQGzAVHiZItuJ9/u4/+SBVaKWlxxirqf+yY&#10;E5TobwZJvC8SbCEpo5vxEHO4a8v62mJ2zRwQgAI3yvIkRv+gT6J00LzhOsxiVjQxwzF3RcNJnId+&#10;8nGduJjNkhOOoWVhaVaWx9AR8MjEa/fGnD3SFZDpJzhNIyvfsdb7xpcGZrsAUiVKI849qkf4cYQT&#10;08d1iztyrSevy09h+gsAAP//AwBQSwMEFAAGAAgAAAAhAJ2cAeXlAAAADgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj01Pg0AQhu8m/Q+baeLFtEupYKEsjTFqE28WP+Jty26ByM4Sdgv4752e9DaT98k7&#10;z2S7ybRs0L1rLApYLQNgGkurGqwEvBVPiw0w5yUq2VrUAn60g10+u8pkquyIr3o4+IpRCbpUCqi9&#10;71LOXVlrI93SdhopO9neSE9rX3HVy5HKTcvDIIi5kQ3ShVp2+qHW5ffhbAR83VSfL256fh/X0bp7&#10;3A/F3YcqhLieT/dbYF5P/g+Giz6pQ05OR3tG5VgrYBGGEaEUREGSALsgq9soBnakKY43CfA84//f&#10;yH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVxBiti4CAABcBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnZwB5eUAAAAOAQAADwAAAAAAAAAA&#10;AAAAAACIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="3EF25C10" id="Textové pole 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-11.25pt;margin-top:754.95pt;width:584.05pt;height:79.5pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXEGK2LgIAAFwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X2xnadMacYosRYYB&#10;QVsgHXpWZCkRIIuapMTOfv0oOa91Ow27yKRI8fF9pCcPXaPJXjivwFS0GOSUCMOhVmZT0e+vi093&#10;lPjATM00GFHRg/D0Yfrxw6S1pRjCFnQtHMEgxpetreg2BFtmmedb0TA/ACsMGiW4hgVU3SarHWsx&#10;eqOzYZ7fZi242jrgwnu8feyNdJriSyl4eJbSi0B0RbG2kE6XznU8s+mElRvH7FbxYxnsH6pomDKY&#10;9BzqkQVGdk79EapR3IEHGQYcmgykVFykHrCbIn/XzWrLrEi9IDjenmHy/y8sf9qv7IsjofsCHRIY&#10;AWmtLz1exn466Zr4xUoJ2hHCwxk20QXC8XI8KsajEZo42oo8v7/LE7DZ5bl1PnwV0JAoVNQhLwku&#10;tl/6gCnR9eQSs3nQql4orZMSZ0HMtSN7hizqkIrEF795aUPait5+vslTYAPxeR9ZG0xwaSpKoVt3&#10;RNVXDa+hPiAODvoR8ZYvFNa6ZD68MIczgf3hnIdnPKQGzAVHiZItuJ9/u4/+SBVaKWlxxirqf+yY&#10;E5TobwZJvC8SbCEpo5vxEHO4a8v62mJ2zRwQgAI3yvIkRv+gT6J00LzhOsxiVjQxwzF3RcNJnId+&#10;8nGduJjNkhOOoWVhaVaWx9AR8MjEa/fGnD3SFZDpJzhNIyvfsdb7xpcGZrsAUiVKI849qkf4cYQT&#10;08d1iztyrSevy09h+gsAAP//AwBQSwMEFAAGAAgAAAAhAJ2cAeXlAAAADgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj01Pg0AQhu8m/Q+baeLFtEupYKEsjTFqE28WP+Jty26ByM4Sdgv4752e9DaT98k7&#10;z2S7ybRs0L1rLApYLQNgGkurGqwEvBVPiw0w5yUq2VrUAn60g10+u8pkquyIr3o4+IpRCbpUCqi9&#10;71LOXVlrI93SdhopO9neSE9rX3HVy5HKTcvDIIi5kQ3ShVp2+qHW5ffhbAR83VSfL256fh/X0bp7&#10;3A/F3YcqhLieT/dbYF5P/g+Giz6pQ05OR3tG5VgrYBGGEaEUREGSALsgq9soBnakKY43CfA84//f&#10;yH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVxBiti4CAABcBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnZwB5eUAAAAOAQAADwAAAAAAAAAA&#10;AAAAAACIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:tbl>
                       <w:tblPr>
                         <w:tblW w:w="11227" w:type="dxa"/>
                         <w:tblBorders>
                           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                         </w:tblBorders>
                         <w:tblCellMar>
                           <w:left w:w="70" w:type="dxa"/>
                           <w:right w:w="70" w:type="dxa"/>
                         </w:tblCellMar>
                         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
                       </w:tblPr>
                       <w:tblGrid>
                         <w:gridCol w:w="1585"/>
                         <w:gridCol w:w="5171"/>
                         <w:gridCol w:w="4471"/>
                       </w:tblGrid>
                       <w:tr w:rsidR="00DC00AF" w14:paraId="739654DC" w14:textId="77777777" w:rsidTr="00FB33A3">
@@ -12036,161 +11683,55 @@
                               <w:top w:val="nil"/>
                             </w:tcBorders>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
                           <w:p w14:paraId="32634672" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="006C7548" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                             <w:pPr>
                               <w:pStyle w:val="Vkazrazitko"/>
                             </w:pPr>
                             <w:r w:rsidRPr="006C7548">
                               <w:t>e – mail:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
                     </w:tbl>
                     <w:p w14:paraId="77954060" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00C04687" w:rsidRPr="0064669B">
-[...104 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00D10ABC" w:rsidRPr="0064669B">
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F3E58E3" wp14:editId="35E4BB08">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F3E58E3" wp14:editId="6E19C602">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>4074323</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>17060091</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4425315" cy="178435"/>
                 <wp:effectExtent l="0" t="0" r="13335" b="12065"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 29"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4425315" cy="178435"/>
                         </a:xfrm>
@@ -12228,116 +11769,116 @@
                               <w:pStyle w:val="Vkazkomentae"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00614655">
                               <w:t>Případné připojení komentáře s doplňujícími nebo vysvětlujícími údaji je vítáno.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="1440" tIns="2520" rIns="1440" bIns="2520" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1F3E58E3" id="Text Box 29" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:320.8pt;margin-top:1343.3pt;width:348.45pt;height:14.05pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCNnOHStgIAAL0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD07voSOYmNOkUbx8OA&#10;7gK0+wDFlmNhtuRJSpxu2L+PkpM0aTFg2OYHQaaoQx7yiNc3+65FO6Y0lyLD4VWAEROlrLjYZPjL&#10;Y+HNMdKGioq2UrAMPzGNbxZv31wPfcoi2ci2YgoBiNDp0Ge4MaZPfV+XDeuovpI9E3BYS9VRA79q&#10;41eKDoDetX4UBFN/kKrqlSyZ1mDNx0O8cPh1zUrzqa41M6jNMORm3Krcurarv7im6UbRvuHlIQ36&#10;F1l0lAsIeoLKqaFoq/grqI6XSmpZm6tSdr6sa14yxwHYhMELNg8N7ZnjAsXR/alM+v/Blh93nxXi&#10;FfQOI0E7aNEj2xt0J/coSmx5hl6n4PXQg5/Zg926Wqq6v5flV42EXDZUbNitUnJoGK0gvdDe9M+u&#10;jjjagqyHD7KCOHRrpAPa16qzgFANBOjQpqdTa2wuJRgJieJJGGNUwlk4m5NJ7ELQ9Hi7V9q8Y7JD&#10;dpNhBa136HR3r43NhqZHFxtMyIK3rWt/Ky4M4DhaIDZctWc2C9fNH0mQrOarOfFINF15JMhz77ZY&#10;Em9ahLM4n+TLZR7+tHFDkja8qpiwYY7KCsmfde6g8VETJ21p2fLKwtmUtNqsl61COwrKLtx3KMiZ&#10;m3+ZhisCcHlBKYxIcBclXjGdzzxSkNhLZsHcC8LkLpkGJCF5cUnpngv275TQkOEkjuJRTL/lFrjv&#10;NTeadtzA7Gh5l+H5yYmmVoIrUbnWGsrbcX9WCpv+cymg3cdGO8FajY5qNfv13j2NiY1uxbyW1RMo&#10;WEkQGMgU5h5sGqm+YzTADMmw/ralimHUvhf2FRBiZ47bR3EEe3VmX5/ZqSgBJsMGo3G7NOOQ2vaK&#10;bxqIMr45IW/h1dTcCfo5o8NbgxnheB3mmR1C5//O63nqLn4BAAD//wMAUEsDBBQABgAIAAAAIQAj&#10;UETl4wAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqJOmdaMQp0I8hEQX&#10;hbZi7cZDEhHbUew8+HumK9jN4+jOmXw7m5aN2PvGWQnxIgKGtnS6sZWE0/HlLgXmg7Jatc6ihB/0&#10;sC2ur3KVaTfZDxwPoWIUYn2mJNQhdBnnvqzRKL9wHVrafbneqEBtX3Hdq4nCTcuXUSS4UY2lC7Xq&#10;8LHG8vswGAmvydrtm3Q3NWoYn+O3/fvu6XOS8vZmfrgHFnAOfzBc9EkdCnI6u8Fqz1oJYhULQiUs&#10;RSqouiBJkq6BnWm2iVcb4EXO/79R/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCNnOHS&#10;tgIAAL0FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAj&#10;UETl4wAAAA4BAAAPAAAAAAAAAAAAAAAAABAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAIAYAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="1F3E58E3" id="Text Box 29" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:320.8pt;margin-top:1343.3pt;width:348.45pt;height:14.05pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxmSEE4gEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2myFqao6TQ2DSEN&#10;hjT4AY5jJxaJz5zdJuXXc3a6rsDbtBfrfLa/+77vzpuraejZXqE3YCueL5acKSuhMbat+I/vd+8u&#10;OfNB2Eb0YFXFD8rzq+3bN5vRlaqADvpGISMQ68vRVbwLwZVZ5mWnBuEX4JSlQw04iEBbbLMGxUjo&#10;Q58Vy+X7bARsHIJU3lP2dj7k24SvtZLhQWuvAusrTtxCWjGtdVyz7UaULQrXGXmkIV7AYhDGUtET&#10;1K0Igu3Q/Ac1GIngQYeFhCEDrY1USQOpyZf/qHnshFNJC5nj3ckm/3qw8uv+0X1DFqaPMFEDkwjv&#10;7kH+9MzCTSdsq64RYeyUaKhwHi3LRufL49NotS99BKnHL9BQk8UuQAKaNA7RFdLJCJ0acDiZrqbA&#10;JCVXq2J9ka85k3SWf7hcXaxTCVE+vXbowycFA4tBxZGamtDF/t6HyEaUT1diMQt3pu9TY3v7V4Iu&#10;xkxiHwnP1MNUT8w0FS9i3SimhuZAchDmcaHxpqAD/M3ZSKNScf9rJ1Bx1n+20ZLVKo5Wiot1QTGe&#10;5euzvLCSYCoeOJvDmzDP4s6haTuqMjfAwjVZqE1S98zoSJ1GIYk+jm2ctfN9uvX8ubZ/AAAA//8D&#10;AFBLAwQUAAYACAAAACEAI1BE5eMAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8&#10;gzVI7KiTpnWjEKdCPIREF4W2Yu3GQxIR21HsPPh7pivYzePozpl8O5uWjdj7xlkJ8SIChrZ0urGV&#10;hNPx5S4F5oOyWrXOooQf9LAtrq9ylWk32Q8cD6FiFGJ9piTUIXQZ576s0Si/cB1a2n253qhAbV9x&#10;3auJwk3Ll1EkuFGNpQu16vCxxvL7MBgJr8na7Zt0NzVqGJ/jt/377ulzkvL2Zn64BxZwDn8wXPRJ&#10;HQpyOrvBas9aCWIVC0IlLEUqqLogSZKugZ1ptolXG+BFzv+/UfwCAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAsZkhBOIBAACkAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAI1BE5eMAAAAOAQAADwAAAAAAAAAAAAAAAAA8BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset=".04mm,.07mm,.04mm,.07mm">
                   <w:txbxContent>
                     <w:p w14:paraId="47F76B13" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00614655" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                       <w:pPr>
                         <w:pStyle w:val="Vkazkomentae"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00614655">
                         <w:t>Případné připojení komentáře s doplňujícími nebo vysvětlujícími údaji je vítáno.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:sectPr w:rsidR="001F7C52" w:rsidRPr="0064669B" w:rsidSect="0064669B">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="397" w:right="397" w:bottom="397" w:left="397" w:header="454" w:footer="454" w:gutter="0"/>
       <w:cols w:num="2" w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AD37EEE" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
+    <w:p w14:paraId="57901CEA" w14:textId="77777777" w:rsidR="000D4454" w:rsidRDefault="000D4454" w:rsidP="0064669B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36641223" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
+    <w:p w14:paraId="237C197A" w14:textId="77777777" w:rsidR="000D4454" w:rsidRDefault="000D4454" w:rsidP="0064669B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Switzerland">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
@@ -12349,65 +11890,65 @@
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B2621D3" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00F6128A" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
+    <w:p w14:paraId="0E8CD00A" w14:textId="77777777" w:rsidR="000D4454" w:rsidRPr="00F6128A" w:rsidRDefault="000D4454" w:rsidP="0064669B">
       <w:r w:rsidRPr="00F6128A">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6DD6ACBD" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00F6128A" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
+    <w:p w14:paraId="1E1E6D02" w14:textId="77777777" w:rsidR="000D4454" w:rsidRPr="00F6128A" w:rsidRDefault="000D4454" w:rsidP="0064669B">
       <w:r w:rsidRPr="00F6128A">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="29F42550" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00C01736" w:rsidRDefault="00DC00AF" w:rsidP="0064669B"/>
+    <w:p w14:paraId="4F0170D8" w14:textId="77777777" w:rsidR="000D4454" w:rsidRPr="00C01736" w:rsidRDefault="000D4454" w:rsidP="0064669B"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="1577552C" w14:textId="74953093" w:rsidR="00DC00AF" w:rsidRPr="003241C2" w:rsidRDefault="00DC00AF">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003241C2">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="003241C2">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> Evidenční číslo uveďte bez lomítka a roku.</w:t>
       </w:r>
@@ -12653,118 +12194,141 @@
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>Uvede se celoroční průměr evidenčního počtu zaměstnanců přepočtený na plně zaměstnané. ZKNP vyplňují pouze řádek 0601 a pouze mají-li uzavřenu řádnou pracovní smlouvu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
+    <w:p w14:paraId="24DD20DD" w14:textId="77777777" w:rsidR="007B2FAC" w:rsidRPr="00DD31A1" w:rsidRDefault="007B2FAC" w:rsidP="00F259CA">
+      <w:pPr>
+        <w:pStyle w:val="Vkaztextpoznposarou"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD31A1">
+        <w:rPr>
+          <w:rStyle w:val="Znakapoznpodarou"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00DD31A1">
+        <w:rPr>
+          <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD31A1">
+        <w:t>Vztahuje se na osoby pracující na základě nějakého typu smlouvy (licenční smlouvy, smlouvy o spolupráci, smlouvy o dílo, příkazní smlouvy aj.), zahrnuty jsou také osoby samostatně výdělečně činné. Vztahuje se pouze na smluvní vztahy s fyzickými osobami, vyjma vztahů pracovně právních. Nezahrnuje služby právnických osob.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
     <w:p w14:paraId="0CA27547" w14:textId="1F0178FA" w:rsidR="00DC00AF" w:rsidRPr="0064669B" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="Vkaztextpoznposarou"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B4F83">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>Pokud jste uhradili předplatné či licenci na více než jeden rok, uvádějte výdaj jen za konkrétní kalendářní rok.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="11">
+  <w:footnote w:id="12">
     <w:p w14:paraId="4F79EE12" w14:textId="354EF0C5" w:rsidR="00DC00AF" w:rsidRPr="0064669B" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="Vkaztextpoznposarou"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B4F83">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>Vstupní cena vyšší než 80 000 Kč a provozně-technické funkce delší než jeden rok (§ 26 ZDP).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="12">
+  <w:footnote w:id="13">
     <w:p w14:paraId="17F1C3AC" w14:textId="2951CCC7" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="Vkaztextpoznposarou"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B4F83">
@@ -13842,118 +13406,120 @@
   <w:num w:numId="26" w16cid:durableId="2087334791">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="413667089">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="316878931">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="33508404">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1323856608">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D7446A"/>
     <w:rsid w:val="00000B80"/>
     <w:rsid w:val="00005285"/>
     <w:rsid w:val="00005506"/>
     <w:rsid w:val="00007E00"/>
     <w:rsid w:val="000112AC"/>
     <w:rsid w:val="0001537D"/>
     <w:rsid w:val="00017424"/>
+    <w:rsid w:val="000238B5"/>
     <w:rsid w:val="00026823"/>
     <w:rsid w:val="00027B08"/>
     <w:rsid w:val="00031EE8"/>
     <w:rsid w:val="000327E8"/>
     <w:rsid w:val="0003408D"/>
     <w:rsid w:val="00035780"/>
     <w:rsid w:val="00041BB2"/>
     <w:rsid w:val="00044681"/>
     <w:rsid w:val="00050056"/>
     <w:rsid w:val="0005245E"/>
     <w:rsid w:val="0006250E"/>
     <w:rsid w:val="00082882"/>
     <w:rsid w:val="000848FC"/>
     <w:rsid w:val="00086C6B"/>
     <w:rsid w:val="000A5D21"/>
     <w:rsid w:val="000A6A73"/>
     <w:rsid w:val="000B466A"/>
     <w:rsid w:val="000B6ED9"/>
     <w:rsid w:val="000C28B3"/>
     <w:rsid w:val="000C6BD8"/>
     <w:rsid w:val="000D0097"/>
     <w:rsid w:val="000D1827"/>
+    <w:rsid w:val="000D4454"/>
     <w:rsid w:val="000E1C07"/>
     <w:rsid w:val="000E6331"/>
     <w:rsid w:val="000E77EA"/>
     <w:rsid w:val="00101F2A"/>
     <w:rsid w:val="00102299"/>
     <w:rsid w:val="001030A2"/>
+    <w:rsid w:val="001068C0"/>
     <w:rsid w:val="001166DD"/>
     <w:rsid w:val="00120097"/>
     <w:rsid w:val="0012626E"/>
     <w:rsid w:val="001308F8"/>
     <w:rsid w:val="00136236"/>
     <w:rsid w:val="00143BD9"/>
     <w:rsid w:val="0015049F"/>
     <w:rsid w:val="00151C6D"/>
     <w:rsid w:val="001520E8"/>
     <w:rsid w:val="00152E90"/>
     <w:rsid w:val="001554C8"/>
     <w:rsid w:val="00155F86"/>
     <w:rsid w:val="00160373"/>
     <w:rsid w:val="001625CD"/>
     <w:rsid w:val="001626D0"/>
     <w:rsid w:val="00166EE8"/>
     <w:rsid w:val="00166F0A"/>
     <w:rsid w:val="00167070"/>
     <w:rsid w:val="00170601"/>
     <w:rsid w:val="00170CA5"/>
     <w:rsid w:val="00180AE4"/>
     <w:rsid w:val="00181802"/>
     <w:rsid w:val="00192E06"/>
     <w:rsid w:val="00193886"/>
     <w:rsid w:val="001A0B89"/>
@@ -13976,110 +13542,115 @@
     <w:rsid w:val="0026540B"/>
     <w:rsid w:val="002669B6"/>
     <w:rsid w:val="0027298C"/>
     <w:rsid w:val="0028342A"/>
     <w:rsid w:val="00287CAD"/>
     <w:rsid w:val="002A504E"/>
     <w:rsid w:val="002A6729"/>
     <w:rsid w:val="002B3997"/>
     <w:rsid w:val="002B536F"/>
     <w:rsid w:val="002C1681"/>
     <w:rsid w:val="002C452F"/>
     <w:rsid w:val="002C6A94"/>
     <w:rsid w:val="002D106E"/>
     <w:rsid w:val="002D1642"/>
     <w:rsid w:val="002D3DB8"/>
     <w:rsid w:val="002D4FCE"/>
     <w:rsid w:val="002F1F67"/>
     <w:rsid w:val="002F2C51"/>
     <w:rsid w:val="002F5399"/>
     <w:rsid w:val="002F7287"/>
     <w:rsid w:val="00306CC6"/>
     <w:rsid w:val="00312BFC"/>
     <w:rsid w:val="00313E1D"/>
     <w:rsid w:val="00315CFA"/>
     <w:rsid w:val="003241C2"/>
+    <w:rsid w:val="0032431C"/>
+    <w:rsid w:val="003256D8"/>
     <w:rsid w:val="00331380"/>
     <w:rsid w:val="00331C27"/>
     <w:rsid w:val="00333B4E"/>
     <w:rsid w:val="00347BF6"/>
     <w:rsid w:val="00361448"/>
     <w:rsid w:val="0036203D"/>
     <w:rsid w:val="00365291"/>
     <w:rsid w:val="00374535"/>
     <w:rsid w:val="00377FDE"/>
     <w:rsid w:val="00380CD1"/>
     <w:rsid w:val="0038138D"/>
     <w:rsid w:val="0038314B"/>
     <w:rsid w:val="00383D43"/>
     <w:rsid w:val="0038791F"/>
     <w:rsid w:val="00391553"/>
     <w:rsid w:val="00396869"/>
     <w:rsid w:val="00397C48"/>
     <w:rsid w:val="003A68E0"/>
     <w:rsid w:val="003A7370"/>
     <w:rsid w:val="003B106F"/>
     <w:rsid w:val="003B27EA"/>
     <w:rsid w:val="003B3DF6"/>
     <w:rsid w:val="003C2C96"/>
     <w:rsid w:val="003C431E"/>
     <w:rsid w:val="003D16D6"/>
     <w:rsid w:val="003D290D"/>
     <w:rsid w:val="003D2D58"/>
     <w:rsid w:val="003D3F5B"/>
     <w:rsid w:val="003D6F17"/>
     <w:rsid w:val="003E35A7"/>
     <w:rsid w:val="003E64DA"/>
     <w:rsid w:val="003E6BC4"/>
     <w:rsid w:val="003F2E1A"/>
     <w:rsid w:val="003F31CE"/>
     <w:rsid w:val="003F7FE0"/>
     <w:rsid w:val="004053D9"/>
     <w:rsid w:val="004119F5"/>
     <w:rsid w:val="00414EA4"/>
+    <w:rsid w:val="00415A97"/>
     <w:rsid w:val="004207D8"/>
     <w:rsid w:val="00422070"/>
     <w:rsid w:val="0044071A"/>
     <w:rsid w:val="00441619"/>
     <w:rsid w:val="0044289F"/>
     <w:rsid w:val="004447F9"/>
     <w:rsid w:val="004510D3"/>
     <w:rsid w:val="00451461"/>
     <w:rsid w:val="00464D70"/>
     <w:rsid w:val="00466934"/>
     <w:rsid w:val="00473923"/>
     <w:rsid w:val="00483553"/>
     <w:rsid w:val="00491B00"/>
     <w:rsid w:val="00493FF3"/>
     <w:rsid w:val="00497E0B"/>
     <w:rsid w:val="004A2DB2"/>
     <w:rsid w:val="004A3241"/>
+    <w:rsid w:val="004A33D6"/>
     <w:rsid w:val="004B06E7"/>
     <w:rsid w:val="004B2E5F"/>
     <w:rsid w:val="004B5371"/>
     <w:rsid w:val="004C30D4"/>
     <w:rsid w:val="004D35FA"/>
+    <w:rsid w:val="004D5D21"/>
     <w:rsid w:val="004D5E6C"/>
     <w:rsid w:val="004D637C"/>
     <w:rsid w:val="004E342C"/>
     <w:rsid w:val="004E38F2"/>
     <w:rsid w:val="004E4228"/>
     <w:rsid w:val="004E56F3"/>
     <w:rsid w:val="004E78FF"/>
     <w:rsid w:val="004F08D1"/>
     <w:rsid w:val="004F12B4"/>
     <w:rsid w:val="004F17E4"/>
     <w:rsid w:val="004F5690"/>
     <w:rsid w:val="00501DCD"/>
     <w:rsid w:val="0051117A"/>
     <w:rsid w:val="005143AD"/>
     <w:rsid w:val="005212C6"/>
     <w:rsid w:val="00524B14"/>
     <w:rsid w:val="005256C6"/>
     <w:rsid w:val="005276AC"/>
     <w:rsid w:val="00531D2E"/>
     <w:rsid w:val="00536284"/>
     <w:rsid w:val="00541FC8"/>
     <w:rsid w:val="005450C3"/>
     <w:rsid w:val="00545840"/>
     <w:rsid w:val="005477A9"/>
     <w:rsid w:val="00550EF1"/>
@@ -14133,410 +13704,429 @@
     <w:rsid w:val="006B6AF2"/>
     <w:rsid w:val="006B6F4D"/>
     <w:rsid w:val="006C4E1B"/>
     <w:rsid w:val="006C7548"/>
     <w:rsid w:val="006D00CB"/>
     <w:rsid w:val="006D109D"/>
     <w:rsid w:val="006D225B"/>
     <w:rsid w:val="006D461C"/>
     <w:rsid w:val="006D5586"/>
     <w:rsid w:val="006D56FD"/>
     <w:rsid w:val="006E051D"/>
     <w:rsid w:val="006E2C8E"/>
     <w:rsid w:val="006E31AE"/>
     <w:rsid w:val="006E3AAD"/>
     <w:rsid w:val="00705C7E"/>
     <w:rsid w:val="00711718"/>
     <w:rsid w:val="007148DB"/>
     <w:rsid w:val="00714EFC"/>
     <w:rsid w:val="0072298C"/>
     <w:rsid w:val="0072584B"/>
     <w:rsid w:val="00726849"/>
     <w:rsid w:val="007308DB"/>
     <w:rsid w:val="00732C29"/>
     <w:rsid w:val="00742CD4"/>
     <w:rsid w:val="00747FCC"/>
+    <w:rsid w:val="0076288B"/>
     <w:rsid w:val="0076535B"/>
     <w:rsid w:val="00772E11"/>
     <w:rsid w:val="00777215"/>
     <w:rsid w:val="0078223F"/>
     <w:rsid w:val="007844D0"/>
     <w:rsid w:val="007A21BA"/>
     <w:rsid w:val="007A3470"/>
     <w:rsid w:val="007A3F98"/>
     <w:rsid w:val="007A440A"/>
     <w:rsid w:val="007B0235"/>
     <w:rsid w:val="007B0C62"/>
+    <w:rsid w:val="007B2FAC"/>
     <w:rsid w:val="007B4ABE"/>
     <w:rsid w:val="007B4BD4"/>
     <w:rsid w:val="007B72CF"/>
     <w:rsid w:val="007C40D6"/>
     <w:rsid w:val="007D1770"/>
     <w:rsid w:val="007F1146"/>
     <w:rsid w:val="007F163B"/>
     <w:rsid w:val="007F42CA"/>
     <w:rsid w:val="007F5327"/>
     <w:rsid w:val="00800BEF"/>
+    <w:rsid w:val="0080765E"/>
     <w:rsid w:val="00813312"/>
     <w:rsid w:val="0081688A"/>
     <w:rsid w:val="008173BD"/>
     <w:rsid w:val="008220F0"/>
     <w:rsid w:val="00824484"/>
     <w:rsid w:val="00831779"/>
     <w:rsid w:val="008348D7"/>
     <w:rsid w:val="0084151C"/>
     <w:rsid w:val="00850FE0"/>
     <w:rsid w:val="008548AA"/>
     <w:rsid w:val="00862182"/>
     <w:rsid w:val="0086408E"/>
     <w:rsid w:val="00866158"/>
     <w:rsid w:val="0087344E"/>
     <w:rsid w:val="00874866"/>
     <w:rsid w:val="00877704"/>
     <w:rsid w:val="00884F5E"/>
     <w:rsid w:val="00892DD7"/>
     <w:rsid w:val="00894ED4"/>
     <w:rsid w:val="00895EEA"/>
     <w:rsid w:val="008A0156"/>
     <w:rsid w:val="008A056A"/>
     <w:rsid w:val="008A3192"/>
     <w:rsid w:val="008A5056"/>
     <w:rsid w:val="008B459B"/>
     <w:rsid w:val="008B623B"/>
     <w:rsid w:val="008C1E9E"/>
     <w:rsid w:val="008C32CE"/>
     <w:rsid w:val="008C46CA"/>
     <w:rsid w:val="008C5D78"/>
     <w:rsid w:val="008C5DDF"/>
     <w:rsid w:val="008C6CE7"/>
     <w:rsid w:val="008D0851"/>
     <w:rsid w:val="008D4100"/>
     <w:rsid w:val="008E1000"/>
     <w:rsid w:val="008E2BFD"/>
     <w:rsid w:val="008E4AE0"/>
     <w:rsid w:val="008E61AA"/>
     <w:rsid w:val="008F31B0"/>
     <w:rsid w:val="008F76E1"/>
     <w:rsid w:val="0090017C"/>
     <w:rsid w:val="009005B2"/>
     <w:rsid w:val="00900AB1"/>
     <w:rsid w:val="00901082"/>
     <w:rsid w:val="00910EFA"/>
+    <w:rsid w:val="00912A36"/>
     <w:rsid w:val="00915175"/>
     <w:rsid w:val="00917614"/>
     <w:rsid w:val="00920FEC"/>
     <w:rsid w:val="009254A2"/>
     <w:rsid w:val="00925E37"/>
     <w:rsid w:val="0092662F"/>
+    <w:rsid w:val="0093299F"/>
     <w:rsid w:val="00937F47"/>
     <w:rsid w:val="00942594"/>
     <w:rsid w:val="00947E27"/>
     <w:rsid w:val="00950375"/>
     <w:rsid w:val="0095413D"/>
     <w:rsid w:val="00961253"/>
     <w:rsid w:val="00961CE7"/>
     <w:rsid w:val="00965AD0"/>
     <w:rsid w:val="00975D59"/>
     <w:rsid w:val="00982235"/>
     <w:rsid w:val="00982BAC"/>
     <w:rsid w:val="00984E08"/>
     <w:rsid w:val="00990CF8"/>
     <w:rsid w:val="00992C3B"/>
     <w:rsid w:val="0099379A"/>
     <w:rsid w:val="009A142A"/>
     <w:rsid w:val="009A512E"/>
     <w:rsid w:val="009A5486"/>
     <w:rsid w:val="009A5872"/>
     <w:rsid w:val="009B02D3"/>
     <w:rsid w:val="009C091A"/>
     <w:rsid w:val="009C1182"/>
     <w:rsid w:val="009C4A49"/>
     <w:rsid w:val="009D6444"/>
     <w:rsid w:val="009E37B2"/>
     <w:rsid w:val="009E64E2"/>
     <w:rsid w:val="009F0922"/>
     <w:rsid w:val="009F1800"/>
     <w:rsid w:val="009F229D"/>
     <w:rsid w:val="009F331F"/>
     <w:rsid w:val="009F59FD"/>
     <w:rsid w:val="00A03559"/>
     <w:rsid w:val="00A068E2"/>
+    <w:rsid w:val="00A11C7D"/>
     <w:rsid w:val="00A142F9"/>
     <w:rsid w:val="00A143B5"/>
+    <w:rsid w:val="00A21FBD"/>
     <w:rsid w:val="00A3497B"/>
     <w:rsid w:val="00A46053"/>
     <w:rsid w:val="00A46DA1"/>
     <w:rsid w:val="00A47571"/>
     <w:rsid w:val="00A52EEC"/>
     <w:rsid w:val="00A535BE"/>
     <w:rsid w:val="00A57153"/>
     <w:rsid w:val="00A90B2B"/>
     <w:rsid w:val="00A91522"/>
     <w:rsid w:val="00A931BE"/>
     <w:rsid w:val="00AA552A"/>
     <w:rsid w:val="00AA5BD7"/>
     <w:rsid w:val="00AB0DFA"/>
     <w:rsid w:val="00AB2EC2"/>
     <w:rsid w:val="00AB346A"/>
     <w:rsid w:val="00AB59C0"/>
     <w:rsid w:val="00AB64B8"/>
     <w:rsid w:val="00AC0642"/>
     <w:rsid w:val="00AC1208"/>
     <w:rsid w:val="00AC1634"/>
     <w:rsid w:val="00AC627F"/>
     <w:rsid w:val="00AC6D00"/>
     <w:rsid w:val="00AD369F"/>
     <w:rsid w:val="00AD629B"/>
     <w:rsid w:val="00AE1075"/>
     <w:rsid w:val="00AE2675"/>
     <w:rsid w:val="00AE5FEC"/>
     <w:rsid w:val="00AE6368"/>
     <w:rsid w:val="00AE7AA9"/>
     <w:rsid w:val="00AF72F8"/>
     <w:rsid w:val="00B05800"/>
     <w:rsid w:val="00B07F1D"/>
     <w:rsid w:val="00B1054C"/>
     <w:rsid w:val="00B122F4"/>
     <w:rsid w:val="00B124E7"/>
     <w:rsid w:val="00B15C78"/>
     <w:rsid w:val="00B24FB0"/>
     <w:rsid w:val="00B2507C"/>
     <w:rsid w:val="00B2564F"/>
+    <w:rsid w:val="00B30EEE"/>
     <w:rsid w:val="00B32FD8"/>
     <w:rsid w:val="00B36DB9"/>
     <w:rsid w:val="00B40272"/>
     <w:rsid w:val="00B40273"/>
     <w:rsid w:val="00B43B9A"/>
     <w:rsid w:val="00B45FBD"/>
     <w:rsid w:val="00B467C3"/>
+    <w:rsid w:val="00B47AF6"/>
     <w:rsid w:val="00B50E5C"/>
     <w:rsid w:val="00B60B43"/>
     <w:rsid w:val="00B6110C"/>
     <w:rsid w:val="00B65392"/>
     <w:rsid w:val="00B73461"/>
     <w:rsid w:val="00B85F61"/>
     <w:rsid w:val="00B86CF1"/>
     <w:rsid w:val="00B87C2A"/>
     <w:rsid w:val="00B92339"/>
     <w:rsid w:val="00B96450"/>
     <w:rsid w:val="00BA12C9"/>
     <w:rsid w:val="00BA31EC"/>
     <w:rsid w:val="00BA4E33"/>
     <w:rsid w:val="00BB1330"/>
     <w:rsid w:val="00BB46AA"/>
     <w:rsid w:val="00BC1269"/>
     <w:rsid w:val="00BC2D1F"/>
     <w:rsid w:val="00BC7F15"/>
     <w:rsid w:val="00BE5C81"/>
     <w:rsid w:val="00BF114A"/>
     <w:rsid w:val="00BF11A3"/>
     <w:rsid w:val="00BF258C"/>
     <w:rsid w:val="00BF4217"/>
     <w:rsid w:val="00BF4FA8"/>
     <w:rsid w:val="00BF696F"/>
     <w:rsid w:val="00C013B6"/>
     <w:rsid w:val="00C01736"/>
     <w:rsid w:val="00C04687"/>
     <w:rsid w:val="00C0685D"/>
     <w:rsid w:val="00C120C5"/>
     <w:rsid w:val="00C1420F"/>
     <w:rsid w:val="00C14401"/>
     <w:rsid w:val="00C216C9"/>
     <w:rsid w:val="00C2315A"/>
     <w:rsid w:val="00C231D6"/>
     <w:rsid w:val="00C237D5"/>
     <w:rsid w:val="00C23BAB"/>
     <w:rsid w:val="00C24B89"/>
+    <w:rsid w:val="00C3024A"/>
     <w:rsid w:val="00C30D47"/>
     <w:rsid w:val="00C35A1C"/>
     <w:rsid w:val="00C40E85"/>
     <w:rsid w:val="00C432C6"/>
     <w:rsid w:val="00C47300"/>
     <w:rsid w:val="00C5766F"/>
     <w:rsid w:val="00C643D5"/>
     <w:rsid w:val="00C65A22"/>
     <w:rsid w:val="00C65D4D"/>
     <w:rsid w:val="00C7558A"/>
     <w:rsid w:val="00C75D85"/>
     <w:rsid w:val="00C75D8D"/>
     <w:rsid w:val="00C76B8B"/>
+    <w:rsid w:val="00C8516C"/>
     <w:rsid w:val="00C85583"/>
     <w:rsid w:val="00C85A05"/>
     <w:rsid w:val="00C93EC9"/>
     <w:rsid w:val="00C97E12"/>
     <w:rsid w:val="00CA765B"/>
     <w:rsid w:val="00CB487C"/>
+    <w:rsid w:val="00CB4F3F"/>
     <w:rsid w:val="00CB5353"/>
     <w:rsid w:val="00CB74A5"/>
     <w:rsid w:val="00CC35C2"/>
     <w:rsid w:val="00CC5117"/>
     <w:rsid w:val="00CC76A8"/>
     <w:rsid w:val="00CE23E1"/>
     <w:rsid w:val="00CE29D7"/>
     <w:rsid w:val="00CE3C49"/>
     <w:rsid w:val="00CE42C3"/>
     <w:rsid w:val="00CE64D2"/>
     <w:rsid w:val="00CF3D18"/>
     <w:rsid w:val="00D01383"/>
     <w:rsid w:val="00D06B74"/>
     <w:rsid w:val="00D105D9"/>
     <w:rsid w:val="00D10A25"/>
     <w:rsid w:val="00D10ABC"/>
+    <w:rsid w:val="00D16554"/>
     <w:rsid w:val="00D16B22"/>
     <w:rsid w:val="00D40B7E"/>
     <w:rsid w:val="00D4252C"/>
     <w:rsid w:val="00D45A2F"/>
     <w:rsid w:val="00D56D00"/>
+    <w:rsid w:val="00D66290"/>
     <w:rsid w:val="00D705AD"/>
     <w:rsid w:val="00D71FB4"/>
     <w:rsid w:val="00D7446A"/>
     <w:rsid w:val="00D75899"/>
     <w:rsid w:val="00D75BBF"/>
     <w:rsid w:val="00D92D13"/>
     <w:rsid w:val="00D9417D"/>
     <w:rsid w:val="00D942F1"/>
     <w:rsid w:val="00D96FB1"/>
     <w:rsid w:val="00DA3C87"/>
     <w:rsid w:val="00DA3FF4"/>
     <w:rsid w:val="00DA5662"/>
     <w:rsid w:val="00DA5D62"/>
     <w:rsid w:val="00DB024B"/>
     <w:rsid w:val="00DB0895"/>
     <w:rsid w:val="00DB0C10"/>
     <w:rsid w:val="00DB5C35"/>
     <w:rsid w:val="00DB6981"/>
     <w:rsid w:val="00DC00AF"/>
     <w:rsid w:val="00DC2114"/>
     <w:rsid w:val="00DD1659"/>
     <w:rsid w:val="00DD458B"/>
     <w:rsid w:val="00DD6B88"/>
     <w:rsid w:val="00DD7967"/>
     <w:rsid w:val="00DE36EA"/>
     <w:rsid w:val="00DF03A6"/>
     <w:rsid w:val="00DF59FE"/>
     <w:rsid w:val="00E147F9"/>
     <w:rsid w:val="00E25EC1"/>
     <w:rsid w:val="00E26A68"/>
     <w:rsid w:val="00E26CC9"/>
     <w:rsid w:val="00E31222"/>
     <w:rsid w:val="00E361F9"/>
     <w:rsid w:val="00E428B1"/>
     <w:rsid w:val="00E44D4E"/>
     <w:rsid w:val="00E5186F"/>
     <w:rsid w:val="00E5441E"/>
     <w:rsid w:val="00E55377"/>
     <w:rsid w:val="00E553C6"/>
     <w:rsid w:val="00E648DA"/>
     <w:rsid w:val="00E65590"/>
+    <w:rsid w:val="00E668FF"/>
     <w:rsid w:val="00E700AA"/>
     <w:rsid w:val="00E83488"/>
     <w:rsid w:val="00E85A96"/>
     <w:rsid w:val="00E867F1"/>
     <w:rsid w:val="00EA01EC"/>
     <w:rsid w:val="00EA2880"/>
     <w:rsid w:val="00EB34D1"/>
     <w:rsid w:val="00EC08EC"/>
     <w:rsid w:val="00EC1AA8"/>
+    <w:rsid w:val="00EC1D84"/>
     <w:rsid w:val="00ED01BE"/>
     <w:rsid w:val="00ED2CD3"/>
     <w:rsid w:val="00ED4E03"/>
     <w:rsid w:val="00ED520B"/>
     <w:rsid w:val="00ED7DA5"/>
     <w:rsid w:val="00EE1D3A"/>
     <w:rsid w:val="00EE4D0C"/>
     <w:rsid w:val="00EE6B61"/>
     <w:rsid w:val="00EE7528"/>
     <w:rsid w:val="00EE77B7"/>
     <w:rsid w:val="00EF40B5"/>
     <w:rsid w:val="00F009D6"/>
+    <w:rsid w:val="00F01524"/>
     <w:rsid w:val="00F02F6D"/>
     <w:rsid w:val="00F062B9"/>
     <w:rsid w:val="00F118E8"/>
     <w:rsid w:val="00F13942"/>
     <w:rsid w:val="00F152FD"/>
     <w:rsid w:val="00F217CB"/>
     <w:rsid w:val="00F27379"/>
     <w:rsid w:val="00F3008D"/>
     <w:rsid w:val="00F42547"/>
     <w:rsid w:val="00F5041D"/>
     <w:rsid w:val="00F53867"/>
     <w:rsid w:val="00F554EF"/>
     <w:rsid w:val="00F57E37"/>
     <w:rsid w:val="00F6128A"/>
     <w:rsid w:val="00F633F0"/>
+    <w:rsid w:val="00F649DD"/>
     <w:rsid w:val="00F657BB"/>
     <w:rsid w:val="00F706EB"/>
     <w:rsid w:val="00F736D3"/>
     <w:rsid w:val="00F75F89"/>
     <w:rsid w:val="00F760B5"/>
     <w:rsid w:val="00F80721"/>
     <w:rsid w:val="00F815DF"/>
+    <w:rsid w:val="00F91DC5"/>
     <w:rsid w:val="00F96229"/>
     <w:rsid w:val="00FA031C"/>
     <w:rsid w:val="00FA1E06"/>
     <w:rsid w:val="00FA362A"/>
     <w:rsid w:val="00FA377E"/>
     <w:rsid w:val="00FA38E6"/>
     <w:rsid w:val="00FB012B"/>
     <w:rsid w:val="00FB2BCA"/>
     <w:rsid w:val="00FB33A3"/>
     <w:rsid w:val="00FB41EC"/>
     <w:rsid w:val="00FB746F"/>
     <w:rsid w:val="00FC0BB4"/>
     <w:rsid w:val="00FC1CEE"/>
     <w:rsid w:val="00FC56DA"/>
     <w:rsid w:val="00FC7DBC"/>
     <w:rsid w:val="00FD10B2"/>
     <w:rsid w:val="00FD12C1"/>
     <w:rsid w:val="00FD2B4D"/>
     <w:rsid w:val="00FD43AD"/>
     <w:rsid w:val="00FD70EF"/>
     <w:rsid w:val="00FD718F"/>
     <w:rsid w:val="00FE10F1"/>
     <w:rsid w:val="00FE45CD"/>
     <w:rsid w:val="00FF1703"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="686D7A0F"/>
   <w15:docId w15:val="{2C693B2F-B0DC-45FC-9A10-E7262793DDD7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -16675,65 +16265,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition">
+  <b:Source>
+    <b:Tag>šim99</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{A4F6347F-A7F4-4A23-A676-AC4D9D7BCB08}</b:Guid>
+    <b:LCID>cs-CZ</b:LCID>
+    <b:Author>
+      <b:Author>
+        <b:NameList>
+          <b:Person>
+            <b:Last>šimůnek</b:Last>
+            <b:First>Milan</b:First>
+          </b:Person>
+        </b:NameList>
+      </b:Author>
+    </b:Author>
+    <b:Title>SQL</b:Title>
+    <b:Year>1999</b:Year>
+    <b:City>Praha</b:City>
+    <b:Publisher>Vydala Grada Publishing, spol. s r.o.</b:Publisher>
+    <b:RefOrder>1</b:RefOrder>
+  </b:Source>
+</b:Sources>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100FAF584F41035BB48AD7B8207A1D21524" ma:contentTypeVersion="9" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="d33725670c81d5844ceb4be6aa21c673">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="ac7fa858-82e2-4a79-bdef-c3400b55fb98" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5156960a3d6fc32f75c6cd253a44277e" ns3:_="">
     <xsd:import namespace="ac7fa858-82e2-4a79-bdef-c3400b55fb98"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -16865,156 +16466,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition">
-[...21 lines deleted...]
-</b:Sources>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4B87D0A-F4DD-4196-9659-65F587F1B91B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{060C6DB2-9AA8-4DF9-993B-3FE904040700}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1178E04C-B84F-4CFA-AA12-2105E3759D0F}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1625209-0E41-405C-915D-C9026971F09E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ac7fa858-82e2-4a79-bdef-c3400b55fb98"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1178E04C-B84F-4CFA-AA12-2105E3759D0F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{060C6DB2-9AA8-4DF9-993B-3FE904040700}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4B87D0A-F4DD-4196-9659-65F587F1B91B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1214</Words>
-  <Characters>7208</Characters>
+  <Words>1207</Words>
+  <Characters>7128</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
+  <Lines>59</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Statistický výkaz o knihovně</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IPOS Praha 2</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8406</CharactersWithSpaces>
+  <CharactersWithSpaces>8319</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase>výkaz 1999</HyperlinkBase>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Statistický výkaz o knihovně</dc:title>
   <dc:subject>Statistika</dc:subject>
   <dc:creator>NIPOS-CIK</dc:creator>
   <cp:keywords>Výkaz</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Statistika - výkazy</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">